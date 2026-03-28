--- v0 (2025-11-05)
+++ v1 (2026-03-28)
@@ -269,3579 +269,3135 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91372", "100")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91372", " ROLO COMPACTADOR DUPLO, ANO 1984, TANDEM DYNAPAC CC43B,  LOC. BASALTO ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>43.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91373", "101")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91373", " ROLO COMPACTADOR DE PATAS, ANO 2009,  CAT CP533-E-LOC. BASALTO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>99.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91375", "102")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91375", " ROLO COMPACTADOR DE PNEUS, ANO 2008,  CAT PS360C, LOC. BASALTO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>160.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91374", "103")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91374", " ROLO COMPACTADOR DE PNEUS, ANO 2008,  CAT PS360C - LOC. BASALTO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91377", "106")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91377", " TORRE DE ILUMINAÇÃO I.RAND, ANO 2001, LIGHT SOURCE - LOC BASALTO ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91376", "109")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91376", " ESCAVADEIRA HIDRÁULICA, CAT 320D, ANO 2007, LOC. BASALTO ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>113.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91378", "111")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91378", " RETRO ESCAVADEIRA JCB 3C, ANO 2008, LOC. BASALTO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>69.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91380", "112")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91380", " MOTONIVELADORA CAT, MOD. 140M, ANO 2009, LOC. BASALTO  ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>278.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91382", "114")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91382", " PÁ CARREGADEIRA CAT 950G, ANO 1999, LOC. BASALTO ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>87.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91384", "115")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91384", " CAMINHÃO MB MODELO LS 1935, ANO 1997/1998 - LOC. BASALTO ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91383", "116")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91383", " CAMINHÃO COMBOIO VW MOD 13-130, ANO 1985, LOC. BASALTO ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91385", "118")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91385", " CAMINHÃO VOLVO MOD N12 4X2, ANO 1988/1988, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91387", "119")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91387", " CAMINHÃO FORA DE ESTRADA RANDON RK430B, ANO 2005, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91386", "120")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91386", " CAMINHÃO VOLVO MOD. N10 6X4 BASCULANTE , ANO 1987/1987, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91389", "121")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91389", " CAMINHÃO PIPA FORD F-14000, CAPACIDADE 5.000 LITROS, ANO 1988/1988, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91394", "122")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91394", " PÁ CARREGADEIRA CAT 950F, ANO 1995, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91402", "123")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91402", " ROLO COMPACTADOR DUPLO TANDEM, I.RAND DD110, ANO 2000, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>47.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91393", "125")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91393", " ROLO COMPACTADOR DE PATAS, TEMA TERRA SPV 84P, ANO 1986, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91411", "126")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91411", " MOTONIVELADORA CAT, MOD. 120B, ANO 1985, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91398", "127")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91398", " TRATOR DE ESTEIRA, CAT D8N, ANO 1993 , LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>52.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91390", "128")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91390", " ESCAVADEIRA HIDRÁULICA, CAT 320C, ANO 2005, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91392", "129")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91392", " MOTONIVELADORA CAT, MOD. 140M, ANO 2009, LOC. BASALTO  ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>313.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91391", "131")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91391", " CAMINHÃO FORD MODELO F-14000, ANO 1988/1989, LOC. BASALTO ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>63</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>52.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91425", "132")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91425", " CAMINHÃO ESPARGIDOR MB MOD L-1114, ANO 1987/1987, LOC. BASALTO ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>33.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91395", "133")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91395", " ROLO COMPACTADOR DE PATAS, ANO 2007, CAT CP533-E, LOC. BASALTO ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>105.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91422", "139")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91422", " ESCAVADEIRA HIDRAULICA, CAT 345C, ANO 2007, LOC. BASALTO ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91396", "149")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91396", " RETRO ESCAVADEIRA JCB 3C, ANO 2008, LOC. BASALTO ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>59.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91414", "150")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91414", " ROLO COMPACTADOR TERRA TEMA SPV68 VA, ANO 1986, LOC. BASALTO ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91400", "156")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91400", " CAMINHÃO ESPARGIDOR VW MOD 14-140, ANO 1987, LOC. BASALTO ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>32.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91426", "157")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91426", " RETRO ESCAVADEIRA CAT 420E, ANO 2008, LOC. BASALTO ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>96.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91418", "158")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91418", " ROLO COMPACTADOR DE PATAS, CAT CP533-E, ANO 2007, LOC.TEMA TERRA ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>109.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91399", "159")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91399", " ROLO COMPACTADOR DE PATAS, I.RAND SD70F, ANO 2002, LOC. BASALTO ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91433", "160")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91433", " ROLO COMPACTADOR DE PATAS, ANO 2009, CAT CP533-E, LOC. BASALTO ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91424", "161")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91424", " CAMINHÃO FORD MOD. F-11000 BASCULANTE, ANO 1988, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91430", "162")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91430", " ROLO COMPACTADOR DUPLO TANDEM DYNAPAC CC21, ANO 1988,  LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91407", "163")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91407", " CAMINHÃO PIPA MB L-1113 , ANO 1973/1973, LOC. BASALTO ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91404", "166")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91404", " ESCAVADEIRA HIDRÁULICA CAT 320, ANO 2001/2001, LOC. BASALTO ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>79.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91401", "167")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91401", " CAMINHÃO FORA DE ESTRADA RANDON MOD RK430B,ANO 2005/2005, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91403", "168")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91403", " CAMINHÃO FORA DE ESTRADA RANDON RK 430, ANO 1998/1998, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91406", "172")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91406", " ROLO COMPACTADOR DUPLO TANDEM  DYNAPAC CC30, ANO 1994, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91410", "173")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91410", " ROLO COMPACTADOR DUPLO TANDEM I.RAND DD90HF, ANO 2001 -  LOC. BASALTO ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>47.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91408", "174")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91408", " ROLO COMPACTADOR TEMA TERRA SPV84P, ANO 1986,  LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91434", "175")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91434", " COMPRESSOR DE AR ATLAS COPCO XA 90, ANO 1997,  LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91441", "176")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91441", " MOTONIVELADORA DE FABRICAÇÃO CAT, MODELO 120B,ANO 1981, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91427", "177")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91427", " ROLO COMPACTADOR DE PNEUS DE FABRICAÇÃO MULLER AP26, ANO 1979, LOC. TEMA TERRA")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91423", "182")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91423", " CAMINHÃO PIPA VW 13-130 , ANO 1984, LOC. BASALTO ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91412", "183")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91412", " PÀ CARREGADEIRA DE FABRICAÇÃO VOLCO L150F, ANO 2009/2009, LOC. BASALTO ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>142.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91417", "195")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91417", " CAMINHÃO CARROCERIA FORD F-4000, ANO 1992/1993, LOC.BASALTO ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91432", "196")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91432", " RETRO ESCAVADEIRA JCB 3C, ANO 2008, LOC. BASALTO")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>68.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91428", "197")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91428", " ROLO COMPACTADOR DE PATAS,  I.RAND SD70F, ANO 2002, LOC. BASALTO ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>43.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91413", "198")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91413", " ROLO COMPACTADOR DE PNEUS DE FABRICAÇÃO TEMA TERRA, SPV8000HD, ANO 1990, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91415", "199")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91415", " ESCAVADEIRA HIDRÁULICA HYUNDAI R210LC-7 , ANO 2011, LOC. BASALTO ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>147.500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91419", "201")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91419", " CAMINHÃO FORD MOD. F-14000 BASCULANTE, ANO 1989, LOC. BASALTO")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91438", "202")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91438", " TORRE DE ILUMINAÇÃO I.RAND, LIGHT SOURCE, LOC. BASALTO ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91436", "203")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91436", " ROLO COMPACTADOR DE PATAS, CAT CP533-E, ANO 2009, LOC. BASALTO ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>147.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91444", "204")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91444", " ROLO COMPACTADOR DE PATAS, I.RAND SD70F, ANO 2002, LOC. BASALTO ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91445", "205")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91445", " ROLO COMPACTADOR DUPLO TANDEM DYNAPAC CC422, ANO 1999, LOC. BASALTO ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>72.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91439", "206")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91439", " RETRO ESCAVADEIRA CAT 420E, ANO 2008, LOC. BASALTO ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91420", "207")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91420", " MOTONIVELADORA KOMATSU MODELO GD655-5, ANO 2013, LOC. BASALTO ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>378.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91431", "219")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91431", " CAMINHÃO ESPARGIDOR MB MOD L-1513, ANO 1985/1985, LOC. BASALTO ")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91421", "220")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91421", " TRATOR DE ESTEIRA CAT D8R, ANO 1993, LOC. BASALTO ")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>125.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91442", "224")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91442", " COMPRESSOR DE AR ATLAS COPCO XA 80 , ANO 1994, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91429", "225")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91429", " ESCAVADEIRA HIDRÁULICA  CAT 320B, ANO 1997, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91448", "226")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91448", " MOTONIVELADORA DE FABRICAÇÃO CAT, MOD. 120B, ANO 1985, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91450", "227")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91450", " ROLO COMPACTADOR DE PATAS, I.RAND SD100F, ANO 2001, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>66.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91449", "228")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91449", " ROLO COMPACTADOR DUPLO TANDEM I.RAND DD90HF, ANO 2001, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91454", "229")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91454", " ROLO COMPACTADOR DE PATAS, DYNAPAC CA25PD, ANO 1986, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>76.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91453", "230")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91453", " PÁ CARREGADEIRA DE FABRICAÇÃO CAT 950F, ANO 1994, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91452", "232")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91452", " CAMINHÃO CHASSI VW 13-130, ANO 1986, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91463", "233")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91463", " CAMINHÃO FORA DE ESTRADA RANDON RK430, ANO 2005/2005 , LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91455", "234")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91455", " CAMINHÃO CHASSI GMC MOD 12.170, ANO 1997/1998, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>38.500,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91461", "235")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91461", " COMPRESSOR DE AR ATLAS COPCO XA120, ANO 1990, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91460", "236")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91460", " PÁ CARREGADEIRA CAT 962G, ANO 2002 , LOC. BASALTO ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91462", "239")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91462", " CAMINHÃO COMBOIO VW MOD 11-130, ANO 1985/1986, LOC. BASALTO ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91459", "240")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91459", " MOTONIVELADORA CAT, MODELO 120B, ANO 1982, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91458", "241")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91458", " VALETADEIRA DE FABRICAÇÃO VERMEER T-655, ANO 1998, LOC. BASALTO ")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>200.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91457", "242")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91457", " ROLO COMPACTADOR DE PNEUS, CAT PS360C, ANO 2008, LOC. BASALTO")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91456", "243")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91456", " ROLO COMPACTADOR TEMA TERRA SPV68 VA, ANO 1987, LOC. BASALTO ")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91466", "244")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91466", " ROLO COMPACTADOR DUPLO TANDEM DYNAPAC CC43, ANO 1976, LOC. BASALTO ")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91475", "245")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91475", " CAMINHÃO ESPARGIDOR FORD MOD F-14000, ANO 1995/1995, LOC. BASALTO")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>73</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>98.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91464", "246")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91464", " ESCAVADEIRA HIDRÁULICA HYUNDAI R210LC-7, ANO 2011, LOC. BASALTO ")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91470", "252")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91470", " MOTONIVELADORA CAT, MODELO 140M, ANO 2009 , LOC. BASALTO ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>110</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>380.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91477", "262")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91477", " PÁ CARREGADEIRA CAT 962G, ANO 2001 , LOC. BASALTO ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91437", "263")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91437", " CAMINHÃO VOLVO  MOD N10 340, ANO 1990/ 1990, LOC. BASALTO ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>41.500,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91473", "267")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91473", " RETRO ESCAVADEIRA CAT 420E, ANO 2008, LOC. BASALTO ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>88.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91435", "268")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91435", " COMPRESSOR DE AR CHICAGO GA350, ANO 1995, LOC. BASALTO ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...47 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91465", "269")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91465", " ESCAVADEIRA HIDRÁULICA, CAT 320D, ANO 2007, LOC. BASALTO ")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>202.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91471", "270")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91471", " PÁ CARREGADEIRA CAT 962G, ANO 2001 , LOC. BASALTO ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91479", "272")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91479", " ROLO COMPACTADOR DE PNEUS MULLER, AP30, ANO 1993, LOC. BASALTO ")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91474", "273")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91474", " COMPRESSOR DE AR ATLAS COPCOXA 90, ANO 1997, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91468", "274")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91468", " ROLO COMPACTADOR DE PNEUS I.RAND, PT240R, ANO 2001, LOC. BASALTO ")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91440", "275")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91440", " PÁ CARREGADEIRA CAT 962G, ANO 1995, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91478", "276")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91478", " CAMINHÃO FORA DE ESTRADA RANDON RK430, ANO 1998, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91467", "277")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91467", " ROLO COMPACTADOR DE PATAS I.RAND SD100F, ANO 2001 , LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>48.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91472", "278")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91472", " CAMINHÃO CARROCERIA FORD F-13000, ANO 1980/1980, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91469", "279")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91469", " PÁ CARREGADEIRA CAT 960F, ANO 1995, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>92.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91476", "280")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91476", " ROLO COMPACTADOR DE PNEUS MULLER AP21, ANO 1979, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91487", "282")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91487", " CAMINHÃO FORA DE ESTRADA RANDON RK430, ANO 2003, LOC TEMA TERRA ")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91489", "283")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91489", " CAMINHÃO MB MODELO LS 2635 6X4, ANO 1996/ 1996, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>71.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91480", "284")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91480", " CAMINHÃO FORA DE ESTRADA RANDON RK430, ANO 2005/2005, LOC. TEMA TERRA ")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91482", "287")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91482", " CAMINHÃO MB MODELO LS1935 MECANICO, ANO 1997/1998, LOC. BASALTO ")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91443", "289")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91443", " ROLO COMPACTADOR DE PATAS, CAT CP56, ANO 2009, LOC. BASALTO ")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>161.000,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91447", "290")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91447", " CAMINHÃO MB MD LS 1938 , ANO 1999/1999, LOC. BASALTO ")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91488", "291")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91488", " GUINCHO (CRADE) , ANO 1981, LOC. BASALTO ")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91491", "292")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91491", " TORRE DE ILUMINAÇÃO ATLAS COPCO, QLT4, ANO 2010,  LOC. BASALTO ")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91484", "294")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91484", " MOTONIVELADORA CAT MOD.12M, ANO 2008, LOC. BASALTO")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>256.000,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>3000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91490", "297")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91490", " MOTONIVELADORA CAT MODELO 12M, ANO 2008, LOC. BASALTO")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>264.000,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...47 lines deleted...]
-      <c r="D20" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91481", "298")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91481", " ROLO COMPACTADOR DE PATAS, CAT CP533-E, ANO 2007, LOC. BASALTO ")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91446", "299")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91446", " MOTONIVELADORA CAT MODELO 12M, ANO 2008, LOC. BASALTO")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>260.000,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91486", "300")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91486", " ROLO COMPACTADOR DE PATAS, CAT CP533-E, ANO 2009,0LOC. BASALTO ")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="E20" s="5" t="inlineStr">
-[...511 lines deleted...]
-      <c r="E36" s="5" t="inlineStr">
+      <c r="E120" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
-      <c r="F36" s="4" t="inlineStr">
-[...2686 lines deleted...]
-      </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91483", "301")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91483", " PÁ CARREGADEIRA CAT 938GII, ANO 2006, LOC. BASALTO ")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>118.000,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>