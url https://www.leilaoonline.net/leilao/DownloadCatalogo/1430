--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,6267 +269,5487 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92705", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92705", "MOTOR WEG 75HP 2 POLOS 220V")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>2.650,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92706", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92706", "MOTOR COM VARIADOR DE VELOCIDADE 30HP")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92707", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92707", "MOTOR 50HP 4 POLOS 220V/380V")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92708", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92708", "MOTOR WEG 100HP 2 POLOS 440V/760V")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92709", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92709", "MOTOR WEG 50HP 6 POLOS 380V/660V")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3.700,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92710", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92710", "MOTOR 50HP 4 POLOS 220V/380V")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92711", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92711", "MOTOR WEG 15HP 2 POLOS 380V/660V")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92712", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92712", "MOTOR WEG 20HP 2 POLOS 220V/380V/440V")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92713", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92713", "MOTOR WEG 5HP 8 POLOS 220V/380V/440V")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92714", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92714", "MOTOR WEG 5HP 8 POLOS 220V/380V/440V")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92715", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92715", "LOTE COM 3 MOTORES ELÉTRICOS DE 3/4HP; RELAÇÃO DE QUANTIDADE E INFORMAÇÕES NA ÚLTIMA FOTO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92716", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92716", "LOTE COM 8 MOTORES ELÉTRICOS DE 1/2HP; RELAÇÃO DE QUANTIDADES E INFORMAÇÕES NA ÚLTIMA FOTO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92717", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92717", "LOTE COM 12 MOTORES ELÉTRICOS DE 1HP; RELAÇÃO DE QUANTIDADES E INFORMAÇÕES NA ÚLTIMA FOTO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92718", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92718", "LOTE COM 9 MOTORES ELÉTRICOS DE 1,5HP; RELAÇÃO DE QUANTIDADES E INFORMAÇÕES NA ÚLTIMA FOTO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92719", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92719", "LOTE COM 9 MOTORES ELÉTRICOS DE 2HP, RELAÇÃO DE QUANTIDADES E INFORMAÇÕES NA ÚLTIMA FOTO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.080,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>140.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92720", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92720", "LOTE COM 7 MOTORES ELÉTRICOS DE 3HP; RELAÇÃO DE QUANTIDADES E INFORMAÇÕES NA ÚLTIMA FOTO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92721", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92721", "MOTORREDUTOR 1/5HP - 1HP")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92722", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92722", "MOTORREDUTOR 1HP - 2HP")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92723", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92723", "MOTORREDUTOR 3HP")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92724", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92724", "MOTORREDUTOR 5HP - 8HP")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92725", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92725", "TORNO MECÂNICO HBX PROMECA")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>14.250,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91010", "041")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91010", " LOTE COM 6 CAIXAS TÉRMICAS PARA MARMITA E TAMPAS EXTRAS")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91009", "042")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91009", " JATO DE GRANALHA WHEELABRATOR COM 2 PORTAS, BANDEJAS DE 180CM")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91011", "045")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91011", " EQUIPAMENTO DESBOBINADOR PNEUMÁTICO C/ REGISTRO DE PRESSÃO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91012", "046")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91012", " EQUIPAMENTO BOBINADOR/DESBOBINADOR/PUXADOR")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91013", "050")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91013", "FURAKAWA RACK ABERTO ENTERPRISE 45U")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91021", "105")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91021", "TORNO MECÂNICO NARDINI 2000X450MM")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>79</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>9.200,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91014", "108")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91014", "PISTA DE PATINAÇÃO SINTÉTICA COM PISO EM RESINA E ESTRUTURA DE FERRO APX. 200M²; ACOMPANHA PATINS -  DESMONTADA")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91015", "121")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91015", "MÁQUINA PARA DESCASCAR FIOS FEROLLA")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91016", "123")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91016", "COMPRESSOR DENTAL AIR ZAP MOD. DA 1100")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91017", "128")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91017", "BALANCIM HIDRÁULICO POPPI")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>4.300,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91018", "130")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91018", "PLATAFORMA ELEVATÓRIA PARA CAMINHÃO BÁU")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91019", "147")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91019", "CARREGADOR DE BATERIA DE EMPILHADEIRA 80V/50A")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91022", "154")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91022", "FORNO MUFLA")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91023", "162")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91023", "TUNEL DE ENCOLHIMENTO WELDOTRON")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91024", "163")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91024", "PAINEL DE PARTIDA DE GERADORES")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91025", "201")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91025", "PRATELEIRAS DE AÇO (CONJUNTO COM 8 BANDEJAS DE 30X90CM E ALTURA DE 180 A 220CM DESMONTADOS); APROX. 700KG (PREÇO POR KG)")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>5,10</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91026", "202")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91026", "PRATELEIRAS DE AÇO (CONJUNTO COM 8 BANDEJAS DE 30X90CM E ALTURA DE 180 A 220CM DESMONTADOS); APROX. 700KG (PREÇO POR KG)")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>5,10</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91027", "207")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91027", "SECADOR DE AR METALPLAN")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91028", "209")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91028", "LOTE COM 6 UNIDADES HIDRÁULICAS ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91029", "210")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91029", "LOTE COM 9 ARQUIVOS PARA ESCRITÓRIO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91030", "212")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91030", "VENTOINHA EXAUSTOR INDUSTRIAL PARA 5 HP 1700RPM")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91031", "213")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91031", "VENTOINHA EXAUSTOR INDUSTRIAL PARA 2 HP 2800RPM")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91032", "214")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91032", "VENTOINHA EXAUSTOR INDUSTRIAL PARA 2 HP 2800RPM")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91033", "219")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91033", "MÁQUINA DE LIMPEZA E TROCA DE LÍQUIDO DE ARREFECIMENTO OVERFLUSH")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91034", "220")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91034", "BALANÇA ANTROPOMÉTRICA MECÂNICA 150KG")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91035", "224")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91035", "LOTE DE PORTA MOLDES E MOLDES PARA ESTAMPARIA PRENSA EXCÊNTRICA PREÇO POR KG")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>2.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91036", "229")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91036", "LOTE COM 6 CABEÇOTES PARA ROSQUEADEIRA RIDGID")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91037", "230")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91037", "2 MESAS PARA REFEITÓRIO COM 4 LUGARES")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91038", "235")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91038", "LOTE COM 24 LUMINÁRIAS COM E SEM LÂMPADA")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91039", "236")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91039", "LOTE COM 41 LUMINÁRIAS")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91040", "237")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91040", "LOTE COM 62 LUMINÁRIAS COM E SEM LÂMPADA")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91041", "238")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91041", "LOTE COM 11 PLACAS DE VIDRO EMOLDURADAS DE APX. 260X120CM, TAMANHOS IGUAIS")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91042", "239")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91042", "LOTE COM 10 PLACAS DE VIDRO EMOLDURADAS DE APX. 260X120CM, TAMANHOS IGUAIS")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91043", "240")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91043", "LOTE COM 7 PLACAS MAIORES (APX. 260X60CM) E 12 MENORES (APX. 260X25CM)")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91044", "241")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91044", "LOTE COM 10 PLACAS DE VIDRO EMOLDURADAS DE APX. 240X80CM, TAMANHOS VARIADOS")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91045", "242")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91045", "LOTE COM 9 PLACAS DE VIDRO EMOLDURADAS DE APX. 260X110CM, TAMANHOS IGUAIS")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91046", "245")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91046", "LOTE COM 4 PLACAS DE VIDRO EMOLDURADAS DE APX. 260X110CM, TAMANHOS IGUAIS")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91051", "247")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91051", "DISJUNTOR PVO MÉDIA TENSÃO")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91047", "248")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91047", "LOTE COM 2 MESAS DE ESCRITÓRIO")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91048", "249")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91048", "LOTE COM 3 MESAS EM "L" ESCRITÓRIO")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91049", "250")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91049", "MESA DE ESCRITÓRIO")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91050", "256")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91050", "ESTRUTURA DE PRENSA BALANCIM MANUAL 15 TON.")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91066", "268")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91066", "CARREGADOR BATERIA EMPILHADEIRA ELÉTRICA 48V/120A ")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91052", "301")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91052", "BOMBA DE VÁCUO TIPO ROOTS 15CV")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91053", "307")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91053", "ROSQUEADEIRA PARA TUBOS")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91054", "308")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91054", "ROSQUEADEIRA PARA TUBOS")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91055", "310")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91055", "MISTURADOR E PRÉ AQUECEDOR PARA EXTRUSORA PLÁSTICO")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91056", "312")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91056", "MISTURADOR E PRÉ AQUECEDOR PARA EXTRUSORA PLÁSTICO")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>2.350,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91057", "313")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91057", "MÁQUINA PARA PINTURA DE FAIXA VIARIA")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91058", "314")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91058", "MÁQUINA PARA PINTURA DE FAIXA VIARIA")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91059", "315")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91059", "MÁQUINA PARA PINTURA DE FAIXA VIARIA")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91060", "317")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91060", "CLIMATIZADOR DE AR JOAPE")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91061", "321")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91061", "TALHA GUINCHO ELÉTRICO SEMI-NOVO CAPACIDADE 300 A 600KG ELEVAÇÃO 12M/6M")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91062", "339")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91062", "EQUIPAMENTO PARA PINTURA ELETROSTATICA TECNOAVANCE")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91063", "350")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91063", "AR CONDICIONADO 50.000 BTUS (DESATIVADO FUNCIONANDO)")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91064", "351")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91064", "AR CONDICIONADO 50.000 BTUS (DESATIVADO FUNCIONANDO)")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91065", "352")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91065", "AR CONDICIONADO 50.000 BTUS (DESATIVADO FUNCIONANDO)")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91067", "353")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91067", "AR CONDICIONADO 50.000 BTUS (DESATIVADO FUNCIONANDO)")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91068", "354")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91068", "CARRINHO ABERTO PARA FERRAMENTAS (1 UNIDADE)")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91069", "355")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91069", "CARRINHO ABERTO PARA FERRAMENTAS (1 UNIDADE)")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91070", "356")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91070", "CARRINHO ABERTO PARA FERRAMENTAS (1 UNIDADE)")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91071", "357")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91071", "CARRINHO ABERTO PARA FERRAMENTAS (1 UNIDADE)")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91072", "358")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91072", "CARRINHO ABERTO PARA FERRAMENTAS (1 UNIDADE)")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91073", "359")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91073", "TANQUE DE POLIPROPILENO PARA GALVANOPLASTIA E ANODIZAÇÃO 1600 LITROS")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E95" s="5" t="inlineStr">
         <is>
           <t>2.650,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91074", "360")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91074", "TANQUE DE POLIPROPILENO PARA GALVANOPLASTIA E ANODIZAÇÃO 1200 LITROS")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>2.350,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91075", "367")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91075", "SELADORA ENCOLHEDORA RAL-TEC")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91076", "368")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91076", "PRENSA HIDRÁULICA SACA PINO")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91077", "369")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91077", "REBARBADOR VIBRATORIO VIBROCHIP")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91078", "372")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91078", "CARRINHO ABERTO PORTA FERRAMENTAS")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91079", "379")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91079", "MOTOR ELÉTRICO 60HP 4 POLOS 1785RPM 440V")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91080", "401")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91080", "MOTOR ELÉTRICO WEG 2HP 2 POLOS 3500 RPM 440V")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91081", "402")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91081", "MOTOR ELÉTRICO WEG 1,5HP 4 POLOS 1700 RPM 440V")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91082", "403")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91082", "MOTOR ELÉTRICO WEG 0,75HP 2 POLOS 3500 RPM 440V")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91083", "404")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91083", "MOTOR ELÉTRICO WEG 1/3HP 4 POLOS 1700 RPM 440V")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>40,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91084", "407")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91084", "MOTOR ELÉTRICO WEG 40HP 4 POLOS 1700 RPM 440V (SEM PÉ)")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91085", "414")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91085", "MOTOR ELÉTRICO WEG APROX. 60HP S/PLAQUETA")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91086", "415")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91086", "MOTOR ELÉTRICO WEG 7,5HP 2 POLOS 3500 RPM 440V W22")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91087", "418")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91087", "MOTOR ELÉTRICO 60HP 4 POLOS 1700RPM 22V/440V")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91088", "422")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91088", "MÁQUINA DE ROLOS COM MOTORREDUTOR")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91089", "426")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91089", "RACK GABINE PARA SERVIDOR C/PORTA DE VIDRO 95CM ALT. X 55CM LARG.. X 55CM COMP.")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91090", "428")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91090", "RACK GABINE PARA SERVIDOR C/PORTA DE VIDRO 185CM ALT. X 55CM LARG.. X 75CM COMP.")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91091", "429")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91091", "RACK GABINE PARA SERVIDOR C/PORTA DE VIDRO 210CM ALT. X 55CM LARG.. X 75CM COMP.")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91092", "430")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91092", "RACK GABINE PARA SERVIDOR C/PORTA DE VIDRO 210CM ALT. X 55CM LARG.. X 75CM COMP.")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91093", "431")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91093", "RACK GABINE PARA SERVIDOR C/PORTA DE VIDRO 200CM ALT. X 60CM LARG.. X 60CM COMP.")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91094", "432")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91094", "MISTURADOR EM AÇO INÓX MOTOR 40CV")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91095", "433")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91095", "TORNO REVOLVER")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91096", "434")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91096", "TORNO REVOLVER")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91097", "435")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91097", "COMPRESSOR PRIMÁX 40 PÉS")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91098", "437")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91098", "MÁQUINA PARA DESCASCAR FIOS FEROLLA")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91099", "439")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91099", "BATEDOR PLANETARIA DE INÓX USIRAM")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91100", "441")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91100", "ENGRENAGEM PRENSA EXCÊNTRICA 160 180 TON.")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91101", "443")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91101", "MOINHO DE ROLOS GRÃOS CERÂMICA TIJOLO")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91103", "445")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91103", "COMPRESSOR REFRIGERAÇÃO CHILLER SABROE CMO 16 ")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91104", "446")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91104", "BOMBA DE ENGRENAGEM SANITÁRIA INÓX PARA PRODUTOS VISCOSOS MOTOR 8 POLOS")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91105", "448")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91105", "TALHA ELÉTRICA CABO DE AÇO 500KG SANSEI")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91106", "449")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91106", "1 CANHÃO E 1 PAR DE ROSCAS MIOTTO 65/120 (SEM USO)")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91107", "451")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91107", "MULTIFUNCIONAL TORNO FURADEIRA MADEIRA MONOFÁSICO")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91108", "452")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91108", "COMPRESSOR PARAFUSO ATLAS COPCO GA 55 ")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>82</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>24.750,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91109", "453")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91109", "COMPRESSOR PARAFUSO INGERSOLL-RAND 75HP")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>9.600,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91110", "455")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91110", "LAVA LOUÇA INDUSTRIAL ECOLAB ES2000")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91111", "456")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91111", "SECADOR DE AR COMPRESSOR PARAFUSO DOMINICK-HUNTER DPR 470 ")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91112", "458")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91112", "PENEIRA VIBRATÓRIA EM AÇO INÓX")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91113", "459")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91113", "REATOR BATELADA BATEDOR AÇO CARBONO 250 LITROS")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91114", "460")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91114", "REATOR BATELADA BATEDOR AÇO CARBONO 250 LITROS")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91122", "461")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91122", "GRUPO GERADOR DE ENERGIA 1000KVA PALMERO")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91123", "462")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91123", "TORNO 2350x500MM")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91116", "466")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91116", "CARREGADOR BATERIA EMPILHADEIRA ELÉTRICA 24V/90A ")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91117", "467")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91117", "CARREGADOR BATERIA EMPILHADEIRA ELÉTRICA 36V/130A")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91118", "469")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91118", "VARREDEIRA DE PISO DIRIGÍVEL TENNANT GÁS GLP")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91119", "471")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91119", "GERADOR 4KVA")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91120", "472")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91120", "BOBINADEIRA PARA TRANSFORMADORES TONANNI 500X300MM")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91121", "484")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91121", "JATO DE GRANALHA MARCA BLASTIBRÁS")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91124", "486")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91124", "LAMINADORA DE ROSCAS WMW GWR 80X120")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91125", "490")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91125", "PRENSA DE FRICÇÃO FORJARIA WELKO ARIETE 2000 220 TON")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91126", "496")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91126", "EMPILHADEIRA PALETEIRA ELÉTRICA SKAM 1200KG 4 METROS - FUNCIONANDO")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91127", "497")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91127", "EMPILHADEIRA PALETEIRA ELÉTRICA AMEISE EJC 1000KG 4 METROS - FUNCIONANDO")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91128", "500")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91128", "PRENSA SACA PINO 15 TONELADAS")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91129", "501")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91129", "MOINHO DE PLÁSTICO TRIA 400MM ITALIANO PET")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>9.750,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91130", "507")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91130", "COMPRESSOR DENTAL AIR ZAP MOD. DA 1100")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91131", "508")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91131", "ARQUIVO DESLIZANTE ACECO MEDIDAS A=2,20 x L=3,20 x C=4,77CM DESMONTADO")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91132", "509")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91132", "BATERIA TRACIONÁRIA MOURA EMPILHADEIRA ELÉTRICA 48V - SEM USO")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91134", "513")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91134", "MOINHO 250MM KLE ")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>4.400,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91135", "516")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91135", "MISTURADOR EM AÇO INÓX")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91136", "522")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91136", "PÓRTICO SEM TALHA 420CM LARG x 300CM ALT x 20CM ALT VIGA")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91137", "523")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91137", "PÓRTICO SEM TALHA 330CM LARGURA X 410 CM ALTURA X 20CM ALT VIGA")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91138", "524")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91138", "PRENSA EXCÊNTRICA 8 TONELADAS HARLO")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91139", "525")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91139", "GUILHOTINA WMW 2500X12MM (1/2")")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91140", "526")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91140", "GUILHOTINA PARA CHAPAS 1200X2MM")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91141", "529")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91141", "CARRINHO PARA MOVIMENTAÇÃO DE VEÍCULOS 600KG")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91142", "530")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91142", "CARRINHO PARA MOVIMENTAÇÃO DE VEÍCULOS 600KG")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91143", "531")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91143", "CARRINHO PARA MOVIMENTAÇÃO DE VEÍCULOS 600KG")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91144", "532")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91144", "BALANCIM 10 TONELADAS")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91145", "534")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91145", "GRUPO GERADOR 60KVA 220/380/440V")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91146", "536")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91146", "CARRINHO PARA FERRAMENTAS MECÂNICO")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91147", "537")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91147", "CARRINHO PARA FERRAMENTAS MECÂNICO")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91148", "538")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91148", "CARRINHO PARA FERRAMENTAS MECÂNICO")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91149", "539")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91149", "CARRINHO PARA FERRAMENTAS MECÂNICO")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91150", "540")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91150", "CARRINHO PARA FERRAMENTAS MECÂNICO")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91151", "542")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91151", "VENTOINHA EXAUSTOR INDUSTRIAL PARA 20HP 2935RPM")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91152", "549")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91152", "TANQUE DE POLIPROPILENO PARA GALVANOPLASTIA E ANODIZAÇÃO 150 LITROS")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91153", "550")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91153", "AR CONDICIONADO 50.000 BTUS DESATIVADO - FUNCIONANDO")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...73 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91154", "551")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91154", "PRENSA DE FRICÇÃO 250 TON")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91155", "553")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91155", "REDUTOR DE VELOCIDADE PARA MOTOR ELÉTRICO")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91156", "555")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91156", "CONTROLADOR PARA GERADOR ST2000P STEMAC")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91157", "556")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91157", "SERRA POLICORTE COM CORTE EM GRAU")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91158", "557")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91158", "SERRA CIRCULAR DESTOPADEIRA PENDULAR 600MM")</f>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91159", "558")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91159", "DISJUNTOR PVO MÉDIA TENSÃO")</f>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91162", "561")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91162", "COMPRESSOR LEOPARD 20 PÉS")</f>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91163", "562")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91163", "MÁQUINA DE SOLDA BAMBOZZI TR 360")</f>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91164", "563")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91164", "MÁQUINA DE SOLDA BAMBOZZI NM 2600 300A")</f>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91165", "564")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91165", "CARRINHO ABERTO PARA FERRAMENTAS")</f>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91166", "565")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91166", "CARRINHO ABERTO PARA FERRAMENTAS")</f>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91167", "566")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91167", "CARRINHO ABERTO PARA FERRAMENTAS")</f>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D184" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91168", "567")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91168", "CARRINHO ABERTO PARA FERRAMENTAS")</f>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F185" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91169", "568")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91169", "CARRINHO ABERTO PARA FERRAMENTAS")</f>
+      </c>
+      <c r="C186" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D186" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F186" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91170", "2002")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91170", "CABEÇOTE DE ESPALMADEIRA PVC FACA SOBRE CILINDRO - CÓD. 525 - CL2022")</f>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D187" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t>875,00</t>
+        </is>
+      </c>
+      <c r="F187" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91171", "2004")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91171", "EXTRUSORA DE PLÁSTICO EGAN JOHN BROWN 150MM - CÓD. 725 - CL2022")</f>
+      </c>
+      <c r="C188" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D188" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F188" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91172", "2005")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91172", "EXTRUSORA DE PLÁSTICO EGAN JOHN BROWN 90MM - CÓD. 726 - CL2022")</f>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D189" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F189" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91173", "2006")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91173", "EXTRUSORA DE PLÁSTICO EGAN JOHN BROWN 90MM - CÓD. 727 - CL2022")</f>
+      </c>
+      <c r="C190" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D190" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F190" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91174", "2007")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91174", "CABEÇOTE FLAT DIE LAMINADO 3000MM - CL2022")</f>
+      </c>
+      <c r="C191" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D191" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E191" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F191" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91175", "2008")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91175", "CALANDRA DE PLÁSTICO PARA LAMINADOS 3000MM - CL2022")</f>
+      </c>
+      <c r="C192" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D192" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F192" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91176", "2010")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91176", "MISTURADOR E PRÉ AQUECEDOR PARA EXTRUSORA PLÁSTICO - CÓD. 732 - CL2022")</f>
+      </c>
+      <c r="C193" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D193" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t>2.125,00</t>
+        </is>
+      </c>
+      <c r="F193" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91177", "2017")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91177", "EXTRUSORA FLAT DIE 800MM CALANDRA E PUXADOR")</f>
+      </c>
+      <c r="C194" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D194" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t>31.250,00</t>
+        </is>
+      </c>
+      <c r="F194" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91178", "2019")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91178", "REATOR BATEDOR AÇO INOX 1/2 CANA 1000 LITROS - Cód. 569 - CL2022")</f>
+      </c>
+      <c r="C195" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D195" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t>4.375,00</t>
+        </is>
+      </c>
+      <c r="F195" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91179", "2020")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91179", "REATOR BATEDOR AÇO INOX 2000 LITROS - CÓD. 573 - CL2022")</f>
+      </c>
+      <c r="C196" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D196" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t>4.375,00</t>
+        </is>
+      </c>
+      <c r="F196" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91180", "2021")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91180", "REATOR AÇO INOX 5000 LITROS MISTURADOR ENCAMISADO - CL2022")</f>
+      </c>
+      <c r="C197" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D197" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t>10.800,00</t>
+        </is>
+      </c>
+      <c r="F197" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91181", "2024")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91181", "BOMBA HELICOIDAL DOSADORA NIETSCH NM045SY01L07V 2002 - CL2022")</f>
+      </c>
+      <c r="C198" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D198" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="E198" s="5" t="inlineStr">
+        <is>
+          <t>1.275,00</t>
+        </is>
+      </c>
+      <c r="F198" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91182", "3015")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91182", " TORNO MECÂNICO 2350 X 500 MM - CÓD. 597  ")</f>
+      </c>
+      <c r="C199" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D199" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E199" s="5" t="inlineStr">
+        <is>
+          <t>1.125,00</t>
+        </is>
+      </c>
+      <c r="F199" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91183", "3023")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91183", " REATOR AÇO INOX 750 LITROS MISTURADOR ENCAMISADO - CÓD. 576")</f>
+      </c>
+      <c r="C200" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D200" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F200" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91184", "3030")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91184", " MASSEIRA INDUSTRIAL MISTURADOR - CÓD. 696")</f>
+      </c>
+      <c r="C201" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D201" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F201" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91185", "3037")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91185", " LAMINADOR BONFANTI CERAMICA TIJOLO VERMELHO BAIANO - CÓD.347")</f>
+      </c>
+      <c r="C202" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D202" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E202" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F202" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91186", "3041")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91186", "GELADEIRA 30.000KCAL REFRISAT")</f>
+      </c>
+      <c r="C203" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D203" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t>7.775,00</t>
+        </is>
+      </c>
+      <c r="F203" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91188", "3064")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91188", " MÁQUINA EMENDAR TECIDO SINTETICO E COURINO DOHLE - CÓD. 686")</f>
+      </c>
+      <c r="C204" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D204" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E204" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...5950 lines deleted...]
-      </c>
       <c r="F204" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
-      <c r="A205" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91189", "3088")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91189", " GUILHOTINA GRÁFICA FUNTIMOD - CÓD. 99")</f>
       </c>
       <c r="C205" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D205" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E205" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F205" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>