--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1691 +269,1483 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92655", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92655", "Volvo XC70 2.5T AWD 2005/2006 Placa - D---3 - Atenção: Motor incluso - desmontado ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91725", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91725", " Lote com: 200 unidades Acessório terminal Module TM-E 15s26-a1 Siemens")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91722", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91722", " Lote com: 200 unidades Acessório terminal Module TM-E 15s26-a1 Siemens")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91721", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91721", " Lote com: 3 unidades - Moto redutor Sew-Europe")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91724", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91724", " Lote com: 4 unidades FECHADURA EUCHNER ESH-ARO-20A-1205")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91726", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91726", " Lote com: 4 unidades - CAIXA DE BOTOEIRA STEAK Pq04k – 4 FUROS")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91723", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91723", " Lote com: 2 unidades - SISTEMA DE VENTILAÇÃO TASCO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91728", "101")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91728", " Unidade Hidráulica  motor Weg de 5 cv - 380 volts comando hidráulico de 70 bar - 40 ton")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91729", "102")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91729", " Cilindro Hidráulico Haste de 190mm curso de 800 mm camisa de 1.000mm - diâmetro 300mm - espessura 32mm.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91745", "103")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91745", " Serra de fita Master Cort. com comando hidráulico - Capacidade de corte  800mm X 800mm comprimento da serra 8.900mm X 2” - sistema de refrigeração à água")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>115.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91731", "104")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91731", " Torno Faciador / Furadeira")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...20 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91734", "105")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91734", " Ventoinha de exaustão, Largura 700mm  -  altura 800mm ,motor Weg 4cv - 3450 rpm")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91742", "106")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91742", " Exaustor de 1.900mm X 1.000mm com roldanas motor de 3 cv - 1.160 rpm")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91738", "107")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91738", " Redutor 1/50 - eixo 1” com motor hidráulico Redutor 250 mm X 300 mm X 140mm. ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91737", "108")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91737", " Redutor 1/40 - com ventoinha e motor hidráulico Redutor 500mm X 500mm X 220mm")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91744", "109")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91744", " Serra de bancada circular motor de 3 cv")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91733", "110")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91733", " Redutor 1/40 eixo de saída - diâmetro de 110mm altura 800mm X 1.000mm de comprimento")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91732", "111")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91732", " Unidade Hidráulica motor de 30cv - 380 volts bomba hidráulica de 120lb - 80 ton")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
+      <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...10 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91739", "112")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91739", " Mesa Elevatória Eletro- Hidráulica. ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91741", "113")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91741", " Ponte Rolante com capacidade de 5 ton 3.850 mm de comprimento Viga de 10”")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91740", "114")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91740", " Motor flangeado Weg de 30 cv")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91735", "115")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91735", "  Motor Flangeado Bufalo de 30 cv")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91730", "116")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91730", " Motor Weg de 2 hp com variador de velocidade Variação de 400 a 2.000 rpm. ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91743", "117")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91743", " Unidade Hidráulica motor Weg de 1,5 cv - com bomba.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91736", "118")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91736", " Unidade Hidráulica motor de 1,5 cv - com bomba.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91746", "201")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91746", "Trator Rebocador  - 20 ton. - Motor GM Opala 4 Cilindros Gasolina. ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91747", "301")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91747", "Outdoor - 11,50m comprimento X 8m Largura ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91748", "302")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91748", "Lote com: 20 Uni. de formas de Inox ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91749", "303")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91749", "Lote com: 90 unidades de talheres. ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91751", "401")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91751", "[vídeo] - Rolo Dynapac Liso ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91752", "402")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91752", "Rolo Dynapac - Pé de carneiro ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91778", "501")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91778", " COMPRESSOR SCHULZ, ANO: 2006; OBS.: CABEÇOTE QUEBRADO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91785", "502")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91785", " ESMERIL E COMPRESSOR CAT; OBS.: PROBLEMAS NO CABEÇOTE E MOTOR")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91789", "503")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91789", " AQUECEDOR INDUSTRIAL REDDY HEATER, CAP. 60000 BTU")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91777", "504")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91777", " 19 uni. CATRACAS DE FREIO DIVERSAS E 1 uni. CATRACA AMARRAÇÃO (Sem uso )")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91796", "505")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91796", " PEÇAS DIVERSAS P/ FORD CARGO - Conforme descritivo de itens")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91791", "506")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91791", " MOTOR CUMMINS QSM 11 COM TRANSMISSÃO DANNA 27 (INCENDIADO) E MOTOR CUMMINS QSM 11 "K-7 PROCESSO JURIDICO" (USADO)")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91779", "507")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91779", " PEÇAS DIVERSAS P/ EMPILHADEIRA HYSTER - Conforme descritivo de itens.")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91793", "508")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91793", " PEÇAS IBM E MADIS, CABOS, PORTA SWITCH E PEÇAS EM GERAL - TI")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91794", "509")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91794", " SUCATA DE PEÇAS JEEP (Eixos, Molas, Cambio 4x4, Motor desmontado) E GUARNIÇÕES")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91786", "510")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91786", " PEÇAS DIVERSAS KALMAR - Conforme descritivo de itens.")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91787", "511")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91787", " PEÇAS DIVERSAS KOMATSU - Conforme descritivo de itens.")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91788", "512")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91788", " 14 TRAVAS DE 5º RODA E 5 CHAPA DE PROTEÇÃO TRAVA 5ª RODA MAXILOCK")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91795", "513")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91795", " MOTOR MERCEDES INCOMPLETO QSM 11  352 A E HÉLICE MERCEDEZ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91783", "514")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91783", " PEÇAS DIVERSAS MILAN - Conforme descritivo de itens.")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...122 lines deleted...]
-      <c r="E21" s="5" t="inlineStr">
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91797", "515")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91797", " 51 BUCHAS TENSOR RANDON")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91790", "516")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91790", " PEÇAS DIVERSAS P/ SCANIA 113 - Conforme descritivo de itens.")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91780", "517")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91780", " PEÇAS DIVERSAS P/ SCANIA 124 - Conforme descritivo de itens.")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91781", "518")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91781", " 1 MÓDULO DE PESAGEM E 3 CÉLULAS DE BALANÇA; MARCA: TOLEDO")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91792", "519")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91792", " PEÇAS DIVERSAS VOLKSWAGEN - Conforme descritivo de itens.")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91782", "520")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91782", " PEÇAS DIVERSAS P/ VOLVO - Conforme descritivo de itens.")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
-      <c r="F21" s="4" t="inlineStr">
+      <c r="F61" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...1278 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91784", "521")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91784", " PEÇAS EQUIPAMENTOS DIVERSOS - Conforme descritivo de itens.")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>