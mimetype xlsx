--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,1211 +269,1063 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91532", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91532", "Escavadeira Komatsu PC 150 SE. Equipamento original. Motor aberto")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>59.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91521", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91521", "MECÂNICA DE IMP IVECOFIAT E 160E21. ANO 98/ 99: Diferencial Rockwell 240, feixo de molas, eixo traseiro, motor, caixa de marcha e cabine.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91717", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91717", "Torre de iluminação estacionária. Funciona. Necessita revisão")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91533", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91533", "Parafusos de roda, vedações e discos para caminhão Cat fora de estrada 769D/770/772/773F/776D/")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91534", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91534", "Placa de freio , vedações, duocones, para caminhões fora de estrada 773G/769D/770/772/773F/776D ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91535", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91535", "Filtros Caterpillar, Fleetguard, Baldwin para equipamentos Cat . Contendo aproxi 85 filtros ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91536", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91536", "EMPILHADEIRA ELÉTRICA HYUNDAI. MOD. 20BT-7. ANO 2009")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91539", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91539", " Rolo Compactador RC-08. Completo. Parou funcionando")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91540", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91540", " Roletes emborrachados de mineração. 10 peças. Medidas: 37x16 (comp. Borracha )")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91522", "013")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91522", " Concha de manipulador")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91537", "014")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91537", " Peças para Escavadeira XCMG XE330")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91509", "018")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91509", " Impressora alys 30 , plotter desativada. No estado que se encontra.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91527", "019")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91527", " Diferenciais de 966C , caterpillar ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91529", "020")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91529", " 02 Alternadores BOSCH estacionários para balsas, embarcações, ônibus e outros. 24/28V. Operacionais")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91530", "021")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91530", " 02 Alternadores BOSCH estacionários para balsas, embarcações, ônibus e outros. 24/28V. Operacionais")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91528", "022")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91528", " 02 Alternadores BOSCH estacionários para balsas, embarcações, ônibus e outros. 24/28V. Operacionais")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91525", "023")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91525", " 02 Alternadores BOSCH estacionários para balsas, embarcações, ônibus e outros. 24/28V. Operacionais")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91526", "024")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91526", " 02 Alternadores BOSCH estacionários para balsas, embarcações, ônibus e outros. 24/28V. Operacionais")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91524", "025")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91524", " 03 Alternadores BOSCH estacionários para balsas, embarcações, ônibus e outros. 24/28V. Operacionais")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91510", "037")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91510", " Compressor para ar condicionado de ônibus , termo King, ingesol, com alternador e base. No estado que se encontra.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91508", "042")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91508", " Reparos,peças,retentores,gaxetas de caminhões e máquinas diversos,Fechaduras,tampas de escavadeiras e trincôs de portas,trava da  porta da escavadeira.No estado que se encontra.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91511", "056")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91511", " Roldanas,buchas,celeron,Equipamento ZM 800.No estado que se encontra.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91512", "062")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91512", " Molas de suspensão.No estado que se encontra.")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>480,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91514", "080")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91514", " Círculo e buldozer da motoniveladora SANY 190. No estado que se encontra.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91513", "081")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91513", " Eixo dianteiro motoniveladora SANY,190,suporte do círculo,tander do lado direito completo,escarificador completo.No estado que se encontra.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91520", "090")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91520", " Semi eixos: caminhões e barras direcionais para motonilevadoras. No estado que se encontra.")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91516", "093")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91516", " Transmissão modelo ZF , para equipamentos chineses:  XCMG, SHANTUI, XCMA, DINAPAC. No estado que se encontra.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91517", "096")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91517", " Comando final e diferencial de pá mecânica chinesa , W50L. No estado em que se encontra.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91515", "097")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91515", " Reservatório para caminhões volkswagem e Mercedes , no estado que se encontra.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91519", "098")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91519", " Boias de tanque para caminhões volkswagem , Mercedes , volvo , no estado que se encontra.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91518", "100")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91518", " Volantes de motores Cummins, no estado que se encontra.")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91531", "200")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91531", " Bancada de lubrificação bozza 6 carretéis, com 6 motores elétricos, quadro de funcionamento.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91542", "300")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91542", "[ VÍDEO ] Pá Carregadeira Caterpillar. Mod. 966c. Operacional ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...110 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91544", "401")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91544", "PÁ CARREGADEIRA CASE. MOD, 621D. PARA DESMANCHE")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91545", "402")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91545", "RETROESCAVADEIRA CASE. MOD. CX 240. PAROU FUNCIONANDO. (equip. com 80% peças compatíveis com mod. CX 220)")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91546", "500")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91546", "Lote de filtros e parafusos para equipamentos Caterpillar. Sem uso")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...990 lines deleted...]
-      </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91718", "501")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91718", "Materiais diversos sem uso: Volkswagem, Cummins, MWM, MAN. Originais (Confira Descritivo de Itens)")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>