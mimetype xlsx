--- v0 (2025-11-13)
+++ v1 (2026-03-28)
@@ -269,2107 +269,1847 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91652", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91652", "LOTE COM 23 LIXEIRAS COM PEDAL; MARCA MARFINITE; 100 LITROS CADA")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91653", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91653", "LOTE COM 5 DISPENSERS/COLETORES DE COPO DE ÁGUA")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91654", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91654", "LOTE COM 48 CADEIRAS PLÁSTICAS; MARCA TRAMONTINA")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91655", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91655", "LOTE COM 23 CADEIRAS DE ESCRITÓRIO; C/REGULAGEM DE ALTURA")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91656", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91656", "LOTE COM 10 CADEIRAS DE ESCRITÓRIO; C/BASE DE FERRO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91651", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91651", "LOTE COM 1 VARREDEIRA INDUSTRIAL; MARCA PORTOTÉCNICA")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91657", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91657", "LOTE COM 4 VARREDEIRAS; MARCA CERTEC; VC 50")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91658", "011")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91658", "LOTE COM 4 POLIDORAS DE PISO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91659", "012")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91659", "LOTE COM 6 ENCERADEIRAS")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91660", "013")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91660", "LOTE COM 6 BALDES ESPREMEDORES; BRALIMPIA")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91661", "014")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91661", "LOTE COM 6 ARMÁRIOS GUARDA VOLUME")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91662", "015")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91662", "LOTE COM 2 CARRINHOS FUNCIONAIS")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91663", "017")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91663", "LOTE COM 5 PABX; MARCA INTELBRAS; TI NKT 4245I")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91669", "018")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91669", "LOTE COM 6 PABX; MARCA INTELBRAS; TI 730I")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91666", "019")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91666", "PABX; MARCA INTELBRAS; 10040")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91667", "020")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91667", "PABX; MARCA PANASONIC; KX-TS8804X")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91670", "021")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91670", "LOTE COM 16 APARELHOS TELEFÔNICOS; INTELBRAS")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91671", "027")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91671", "LOTE COM 9 PERSIANAS")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91668", "028")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91668", "LOTE COM 1 RELÓGIO DE PONTO; HENRY")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91672", "029")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91672", "LOTE COM 2 RELÓGIOS DE PONTO - DIGITAL - BIOMETRIA; HENRY")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91664", "032")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91664", "LOTE COM 2 CAÇAMBAS DE LIXO; CONTAINER DE RESIDUOS RECICLÁVEL; LIXEIRA 500ML")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91665", "083")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91665", "IMPRESSORA MULTIFUNCIONAL; MARCA KYOCERA; KM-2810")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91673", "084")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91673", "IMPRESSORA MULTIFUNCIONAL; MARCA HP; M1120")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91674", "085")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91674", "IMPRESSORA MULTIFUNCIONAL; MARCA KYOCERA; KM-2810")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91675", "086")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91675", "IMPRESSORA MULTIFUNCIONAL; MARCA EPSON; LX-300")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91676", "088")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91676", "IMPRESSORA MULTIFUNCIONAL; MARCA KYOCERA; KM-2810")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91677", "089")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91677", "IMPRESSORA MULTIFUNCIONAL; MARCA KYOCERA; 1820")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91678", "090")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91678", "IMPRESSORA MULTIFUNCIONAL; MARCA EPSON; LX-300")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91679", "092")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91679", "GUARITA DE FIBRA")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91680", "093")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91680", "GUARITA DE FIBRA")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91681", "131")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91681", "CADEIRAS; LONGARINA 3 LUGARES SECRETARIA")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91683", "132")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91683", "IMPRESSORA TÉRMICA; MARCA BEMATECH")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...46 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91682", "137")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91682", "VARREDEIRA; MARCA HAKO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91684", "154")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91684", "CORTADOR DE GRAMA; MARCA TRAMONTINA; MODELO CE40M")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91685", "157")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91685", "RACK SERVIDOR")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91686", "158")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91686", "RACK SERVIDOR")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91687", "160")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91687", "NEBULIZADOR COSTAL MOTORIZADO; MARCA GUARANY")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91688", "162")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91688", "HOME THEATER; MARCA PANASONIC; AS-PT560 - NÃO LIGA")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91689", "163")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91689", "NETBOOK; MARCA ACER ASPIRE; APIRE ONE D250 - NÃO LIGA")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91690", "167")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91690", "ASPIRADOR DE PÓ - SEM TESTE")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>40.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91691", "171")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91691", "ASPIRADOR DE PÓ; ELETROLUX - SEM TESTE")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>40,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>40.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91692", "172")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91692", "ASPIRADOR DE PÓ; ELETROLUX - SEM TESTE")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>40,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>40.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91693", "173")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91693", "CARCAÇA - ASPIRADOR DE PÓ; ARTLAV")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>20,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91694", "174")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91694", "ASPIRADOR DE PÓ - SEM TESTE")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>40.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91695", "185")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91695", "GIROFLEX BAGAGEIRO")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91696", "213")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91696", "SERVIDOR; DELL; SERVIDOR MODELO E076")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91697", "214")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91697", "SERVIDOR; DELL; SERVIDOR MODELO E10S")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91698", "215")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91698", "VITRINE")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...276 lines deleted...]
-      <c r="E22" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91699", "245")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91699", "DIVERSOS; CARREGADORES, BATERIRAS E RADIOS HT")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
-[...127 lines deleted...]
-      <c r="F26" s="4" t="inlineStr">
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91700", "258")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91700", "SWITCH; TP-LINK; MODELO TL-SF1024")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>60,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-[...276 lines deleted...]
-      <c r="E35" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91701", "259")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91701", "ROTEADOR - BALANCEADOR; CISCO;  RV042")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91702", "260")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91702", "DIVERSOS; 2FONTES ATX E UM LEITOR DE DVD")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91703", "261")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91703", "LUMINÁRIA DE TETO; 2 UNIDADES")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91704", "262")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91704", "LUMINÁRIA DE TETO; 2 UNIDADES")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91705", "263")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91705", "LUMINÁRIA DE TETO; 2 UNIDADES")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91706", "264")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91706", "LUMINÁRIA DE TETO; 3 UNIDADES")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91707", "265")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91707", "LUMINÁRIA DE TETO; 2 UNIDADES")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91708", "266")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91708", "LUMINÁRIA DE TETO; 2 UNIDADES")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91709", "267")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91709", "LUMINÁRIA DE TETO; 1 UNIDADE")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>25,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91710", "268")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91710", "LUMINÁRIA DE TETO; 2 UNIDADES")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91711", "269")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91711", "LUMINÁRIA DE TETO; 2 UNIDADES")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91712", "270")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91712", "LUMINÁRIA DE TETO; 2 UNIDADES")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>60,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91713", "271")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91713", "LUMINÁRIA DE TETO; 2 UNIDADES")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
-      <c r="F35" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E38" s="5" t="inlineStr">
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91714", "272")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91714", "LUMINÁRIA DE TETO; 2 UNIDADES")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
-      <c r="F38" s="4" t="inlineStr">
-[...479 lines deleted...]
-      <c r="F53" s="4" t="inlineStr">
+      <c r="F74" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-[...670 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91715", "273")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91715", "LUMINÁRIA DE TETO; 2 UNIDADES")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>