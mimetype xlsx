--- v0 (2025-10-26)
+++ v1 (2026-03-28)
@@ -269,1755 +269,1539 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92045", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92045", " LOTE COM 05 UNID. Betoneira 600 litros c/ Carregador  sem motor, NO ESTADO. ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92044", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92044", " LOTE COM 05 UNID. Betoneira 600 litros c/ Carregador  sem motor, NO ESTADO. ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92010", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92010", " LOTE COM 05 UNID. Betoneira 600 litros c/ Carregador  sem motor, NO ESTADO. ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92035", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92035", " LOTE COM 05 UNID. Betoneira 600 litros c/ Carregador  sem motor, NO ESTADO. ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92014", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92014", " LOTE COM 05 UNID. Betoneira 600 litros c/ Carregador  sem motor, NO ESTADO. ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92040", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92040", " LOTE COM 05 UNID. Betoneira 600 litros c/ Carregador  sem motor, NO ESTADO. ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92026", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92026", " LOTE COM 05 UNID. Betoneira 600 litros c/ Carregador  sem motor, NO ESTADO. ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92046", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92046", " LOTE COM 05 UNID. Betoneira 600 litros c/ Carregador  sem motor, NO ESTADO. ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92018", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92018", " LOTE COM 05 UNID. Betoneira 600 litros c/ Carregador  sem motor, NO ESTADO. ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92036", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92036", " LOTE COM 04 UNID. Betoneira 600 litros c/ Carregador - sem motor, NO ESTADO. ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92016", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92016", " LOTE COM 03 UNID. Betoneira 600 litros c/ Carregador  - sem motor, NO ESTADO. ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92031", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92031", " LOTE COM 03 UNID. Betoneira 600 litros c/ Carregador - sem motor, NO ESTADO. ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92012", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92012", " LOTE COM 03 UNID. Betoneira 600 litros c/ Carregador  sem motor, NO ESTADO. ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92054", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92054", " LOTE COM 03 UNID. Betoneira 600 litros c/ Carregador - sem motor, NO ESTADO. ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92024", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92024", " LOTE COM 03 UNID. Betoneira 600 litros c/ Carregador - sem motor, NO ESTADO. ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92055", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92055", " LOTE COM 03 UNID. Betoneira 600 litros c/ Carregador  - sem motor, NO ESTADO. ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92021", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92021", " LOTE COM 02 UNID. Betoneira 600 litros c/ Carregador  - sem motor, NO ESTADO. ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92051", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92051", " LOTE COM 02 UNID. Betoneira 600 litros c/ Carregador  - sem motor, NO ESTADO. ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92048", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92048", " LOTE COM 02 UNID. Betoneira 600 litros c/ Carregador  - sem motor, NO ESTADO. ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92049", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92049", " LOTE COM 02 UNID. Betoneira 600 litros c/ Carregador - sem motor, NO ESTADO. ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92019", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92019", " LOTE COM 02 UNID. Betoneira 600 litros c/ Carregador  - sem motor, NO ESTADO. ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92038", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92038", " LOTE COM 01 UNID. Betoneira 600 litros c/ Carregador e Automática - sem motor, NO ESTADO.")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92037", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92037", " LOTE COM 01 UNID. Betoneira 600 litros c/ Carregador e Automática - sem motor, NO ESTADO.")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92039", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92039", " LOTE COM 03 UNID. Betoneira 600 litros Yanmar  - sem motor, NO ESTADO.")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92013", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92013", " LOTE COM  02 UNID. Betoneira 600 litros Yanmar  - sem motor, NO ESTADO.")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92056", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92056", " LOTE COM  02 UNID. Betoneira 600 litros Yanmar  - sem motor, NO ESTADO.")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92020", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92020", " LOTE COM  02 UNID. Betoneira 600 litros Yanmar  - sem motor, NO ESTADO.")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92061", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92061", " LOTE COM  02 UNID. Betoneira 600 litros Yanmar  - sem motor, NO ESTADO.")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92015", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92015", " LOTE COM  02 UNID. Betoneira 600 litros Yanmar  - sem motor, NO ESTADO.")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92062", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92062", " LOTE COM 05 UNID.. Betoneira 400 litros  sem motor, NO ESTADO.")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92011", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92011", " LOTE COM 05 UNID.. Betoneira 400 litros  sem motor, NO ESTADO.")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92052", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92052", " LOTE COM 05 UNID.. Betoneira 400 litros  sem motor, NO ESTADO.")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92017", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92017", " LOTE COM 05 UNID.. Betoneira 400 litros  sem motor, NO ESTADO.")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92043", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92043", " LOTE COM 05 UNID.. Betoneira 400 litros  sem motor, NO ESTADO.")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92028", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92028", " LOTE COM 05 UNID.. Betoneira 400 litros  sem motor, NO ESTADO.")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92027", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92027", " LOTE COM 05 UNID.. Betoneira 400 litros  sem motor, NO ESTADO.")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92034", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92034", " LOTE COM 05 UNID.. Betoneira 400 litros  sem motor, NO ESTADO.")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92047", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92047", " LOTE COM 05 UNID.. Betoneira 400 litros  sem motor, NO ESTADO.")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92022", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92022", " LOTE COM 05 UNID.. Betoneira 400 litros  sem motor, NO ESTADO.")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92057", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92057", " LOTE COM 05 UNID.. Betoneira 400 litros  sem motor, NO ESTADO.")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92042", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92042", " LOTE COM 03 UNID.. Betoneira 400 litros  sem motor, NO ESTADO.")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92060", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92060", " LOTE COM 03 UNID.. Betoneira 400 litros  sem motor, NO ESTADO.")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92033", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92033", " LOTE COM 03 UNID.. Betoneira 400 litros  sem motor, NO ESTADO.")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92050", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92050", " LOTE COM 02 UNID.. Betoneira 400 litros  sem motor, NO ESTADO.")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92030", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92030", " LOTE COM 02 UNID.. Betoneira 400 litros  sem motor, NO ESTADO.")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92041", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92041", " LOTE COM 02 UNID.. Betoneira 400 litros  sem motor, NO ESTADO.")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92032", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92032", " LOTE COM 02 UNID.. Betoneira 400 litros  sem motor, NO ESTADO.")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92063", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92063", " LOTE COM 02 UNID.. Betoneira 400 litros  sem motor, NO ESTADO.")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92025", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92025", " LOTE COM 02 UNID.. Betoneira 400 litros  sem motor, NO ESTADO.")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92053", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92053", " LOTE COM 02 UNID.. Betoneira 400 litros  sem motor, NO ESTADO.")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92023", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92023", " LOTE COM 02 UNID.. Betoneira 400 litros  sem motor, NO ESTADO.")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92059", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92059", " LOTE COM 01 UNID. Betoneira 320 litros - sem motor, NO ESTADO.")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92029", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92029", " LOTE COM 01 UNID. Betoneira 320 litros - sem motor, NO ESTADO.")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92058", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92058", " LOTE COM 05 UNID. Betoneiras 145 e 120 litros  - sem motor, NO ESTADO.")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>