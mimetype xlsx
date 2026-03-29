--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,7963 +269,6971 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8203", "010")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8203", "  3 UND. CURVA 180 RC 4"WP22 7G3000M2SC0034/12.9")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8205", "042")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8205", "  5 UND. LUVA A310 3000LB ROSCA NPT 4IN")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8207", "044")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8207", "  5 UND. LUVA A310 3000LB ROSCA NPT 4IN")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8208", "046")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8208", "  5 UND. LUVA A310 3000LB ROSCA NPT 4IN")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8204", "048")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8204", "  5 UND. LUVA A310 3000LB ROSCA NPT 4IN")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8206", "050")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8206", "  5 UND. LUVA A310 3000LB ROSCA NPT 4IN")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8210", "052")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8210", "  5 UND. LUVA A310 3000LB ROSCA NPT 4IN")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8213", "054")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8213", "  6 UND. LUVA A310 3000LB ROSCA NPT 4IN")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8209", "086")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8209", "  654 CJ BOLT/NUT/2 WASHER SET A325 1 1/4 X3 1/2" ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8212", "088")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8212", "  654 CJ BOLT/NUT/2 WASHER SET A325 1 1/4 X3 1/2" ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8211", "090")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8211", "  654 CJ BOLT/NUT/2 WASHER SET A325 1 1/4 X3 1/2" ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8214", "092")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8214", "  8.246 UND. CONECTOR STUD WELD C/ CAB. REC. 5/8"")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8218", "202")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8218", "  1 UND. KIT RODA MOTRIZ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8220", "204")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8220", "  1 UND. KIT RODA MOTRIZ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8215", "208")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8215", "  1 UND. RODA PONTE ROLANTE")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8217", "210")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8217", "  1 UND. RODA PONTE ROLANTE")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8216", "220")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8216", "  1 UND. RODA PONTE ROLANTE 25 TONELADAS")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8221", "222")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8221", "  1 UND. RODA PONTE ROLANTE 25 TONELADAS")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8219", "224")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8219", "  1 UND. RODA PONTE ROLANTE 25 TONELADAS")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8222", "226")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8222", "  1 UND. RODA PONTE ROLANTE 25 TONELADAS")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8225", "228")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8225", "  1 UND. RODA PONTE ROLANTE 25 TONELADAS")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8223", "230")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8223", "  1 UND. RODA PONTE ROLANTE 25 TONELADAS")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8226", "232")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8226", "  1 UND. RODA PONTE ROLANTE 25 TONELADAS")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8224", "234")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8224", "  1 UND. RODA PONTE ROLANTE 25 TONELADAS")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8228", "270")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8228", "  1 UND. ACIONAMENTO DE EIXO PAMOCO GASPARINI -  2 UND. ABRACADEIRA BRACADEIRA P/CAN TWINARC  -  11 PC ADAPTADOR EDGE ROOL  ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8227", "272")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8227", " 1125 - ITENS DIVERSOS ANEL,ARUELAS E OUTROS VIDE DESCRITIVO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8229", "274")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8229", "  8 UND. BICO 417 GHD PINTURA PISTOLA LX 80 TITAN -  10 UND. BICO CONTATO D1,40MM  -  10 UND. BICO CONTATO D1,40MM  ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8230", "276")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8230", "  41 UND. BICO CORTE MACARICO MANUAL 1 VVC 50-60 ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8233", "278")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8233", "  41 UND. BICO CORTE MACARICO MANUAL 1 VVC 50-60 ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8231", "280")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8231", "  3 UND. BICO DE PULVERIZACAO GRACO GHD 217   ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8232", "284")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8232", "  3 UND. BICO SOLDA PLASMA    ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8236", "286")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8236", "  3 UND. BICO SOLDA PLASMA    ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8234", "288")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8234", "  3 UND. BICO SOLDA PLASMA    ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8235", "290")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8235", "  3 UND. BICO SOLDA PLASMA    ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8238", "292")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8238", "  3 UND. BICO SOLDA PLASMA    ")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8237", "294")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8237", "  3 UND. BICO SOLDA PLASMA    ")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8239", "296")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8239", "  3 UND. BICO SOLDA PLASMA    ")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8240", "298")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8240", "  50 UND. BICO TOCHA 152.872.6 IT-26 -  10 UND. BITS QUADRADA ACO RAPIDO 10 A 12% COBA")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8245", "300")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8245", "  15 UND. BITS QUADRADA ACO RAPIDO 10% COBALTO  ")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8241", "302")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8241", "  1 UND. BODY ASS'Y(ADAPTADOR)N 20754 ESAB    ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8243", "304")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8243", " 40 ITENS DIVERSOS - BOCAL, BOBONA E OUTROS VEJA DESCRITIVO")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8242", "306")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8242", "  8 UND. CALCO FRESA 262.2.835  -  5 UND. CALCO FIX PASTILHA SER 15AR-53 ")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8244", "308")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8244", "  15 UND. CALÇO FRESA 262.2.836  ")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8246", "310")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8246", "  12 UND. CALCO FRESA 5321.240.02     ")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8247", "312")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8247", "  12 UND. CALCO FRESA 5321.240.03     ")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8248", "314")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8248", "  13 UND. CALCO FRESA 5321.240.04     ")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8252", "316")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8252", "  11 UND. CALCO FRESA 5321.240.07     ")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8249", "318")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8249", "  12 UND. CALCO FRESA 5321.240.09     ")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8254", "320")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8254", "  13 UND. CALCO FRESA 5321.240.09     ")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8250", "322")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8250", "  12 UND. CALCO FRESA 5321.240.10     ")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8253", "324")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8253", "  10 UND. CALCO FRESA FR-445 M  ")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8251", "326")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8251", "  10 UND. CALCO FRESA FR-445 M  ")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8255", "328")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8255", "  13 UND. CALCO FRESA FR-689   ")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8256", "330")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8256", " 55 ITENS DIVERSAS MED - CALCO PASTILHA VIDE DESCRITIVO")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8259", "332")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8259", "  8 UND. CAPA ROLAMENTO 3920B TIMKEN   ")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8262", "334")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8262", "  1 UND. CARTAO ELETRONICO T-102.0 TECTRONIX   ")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8257", "336")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8257", "  4 UND. CHAVE TORX TORX D 40MM FS2003  ")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8261", "338")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8261", "  15 UND. COMP LIMPEZA 200ML BICO CORTE  E   12 UND. CHAVETA PARALEL ")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>120,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8258", "340")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8258", "  2 UND. COMPRESSOR R22 208 A 230 V   ")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8260", "342")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8260", " 9 ITENS DIVERSOS - CONECTOR, CORPO E OUTROS VIDE DESCRITIVO")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8265", "344")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8265", "  15 UND. CUNHA FIX CALCO FK-280 WALTER  ")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8263", "348")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8263", "  27 UND. ELECTRODE O2 - 250A-0558001624UL    ")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8268", "350")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8268", "  30 UND. ELECTRODE O2 - 250A-0558001624UL    ")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8264", "352")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8264", "  35 UND. ELECTRODE O2 - 250A-0558001624UL    ")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8267", "354")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8267", "  25 UND. EMENDA CORRENTE TRANSM ROLO TRIP SERIE H E  12 UND. EMENDA CORRENTE TRANS SIMPLES 16A-1   ")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8266", "356")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8266", "  1 UND. ENCODER LINEAR DRIVER 100 GASPARINE   ")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8270", "358")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8270", "  23 UND. ESTATOR ESMERILHAD METABO 311 010 21  ")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8271", "360")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8271", "  24 UND. ESTATOR ESMERILHAD METABO 311 010 21  ")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8272", "362")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8272", " 19 ITENS DIVERSOS - EXTATOR E OUTROS")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8269", "364")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8269", "  61 MT FITA ISOLANTE TER ARAMIDA    ")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8274", "366")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8274", "  1 UND. FRESA FACEAR 160,00MM  ")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8273", "368")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8273", "  2 UND. FRESA FACEAR 20,00MM  ")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8276", "370")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8276", "  1 UND. FRESA TOPO   ")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8275", "374")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8275", "  14 UND. FRESA TOPO   ")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8277", "376")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8277", "  35 UND. FILTRO BRANCO PARA PISTOLA LX 80 TITAN ")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8280", "378")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8280", "  14 UND. GRAMPO FIX DIN 6315GN 26,0X315,0MM   ")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8278", "380")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8278", " 86 ITENS DIVERSOS - GUIAS DE TUBOS E ISOLADORES")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8279", "382")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8279", " 585 ITENS DIVERSOS - LAMINA SERRA, LIMA E LIXA -")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8282", "386")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8282", "  199 UND. LUVA GRAFATEX MITENE CANO LONGO ")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8281", "388")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8281", "  120 UND. LUVA SEGURANCA - USAR 15087480 ")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8284", "390")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8284", "  2 UND. MACHO MANUAL ACO RAP M42X4,50  ")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8283", "392")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8283", " 27 MANCAL E MACHO MAQUINA")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8286", "394")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8286", "  2 UND. MASCARA SEGURANCA C/ SEMI MASCARA LINHA ")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8285", "396")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8285", "  2 UND. MASCARA SEGURANCA C/ SEMI MASCARA LINHA ")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8288", "398")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8288", "  2 UND. MASCARA SEGURANCA C/ SEMI MASCARA LINHA ")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8287", "400")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8287", "  1 UND. MIDIA MAGNETICA PARA SOFTWARE  ")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8290", "406")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8290", " 850 ITENS DIVERSOS - PARAFUSO E PAPEL VEJA DESCRITIVO DE ITENS")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8289", "408")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8289", "  12 UND. PARAFUSO ESTOJO M 30,00 C500,00MM    ")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8292", "410")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8292", "  12 UND. PARAFUSO ESTOJO M 30,00 C500,00MM    ")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8291", "412")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8291", " 278 PARAFUSO DIVERSOS VEJA DESCRITIVO DE ITENS")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8294", "414")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8294", " 170 PARAFUSOS DIVERSOS")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8293", "416")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8293", "  15 UND. PASTILHA CERAMICA E   15 UND. PASTILHA CERAMICA    ")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8296", "418")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8296", " 120 UND. PASTILHA CORTE 11 GR ENCAIXE ")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8295", "420")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8295", "  60 UND. PASTILHA CORTE 20 GR ENCAIXE  ")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8298", "422")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8298", "  20 UND. PASTILHA CORTE 7 GR PARAFUSO  ")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8297", "424")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8297", "  60 UND. PASTILHA CORTE CL K10 NEGATIVO GRAMPO  ")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8299", "426")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8299", "  60 UND. PASTILHA CORTE CL K10/15 NEGATIVO ALAV E  ")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8300", "428")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8300", "  10 UND. PASTILHA CORTE CL P20 PARAFUSO ")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8302", "430")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8302", "  10 UND. PASTILHA CORTE CL P20 PARAFUSO ")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8301", "432")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8301", "  10 UND. PASTILHA CORTE CL P20 PARAFUSO ")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8303", "434")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8303", "  10 UND. PASTILHA CORTE CL P20 PARAFUSO ")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8304", "436")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8304", "  50 UND. PASTILHA CORTE CL P25/45 7 GR PARAFUSO E  30 UND. PASTILHA CORTE CL P25 ENCAIXE  ")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8305", "438")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8305", "  50 UND. PASTILHA CORTE CL P30/50 PARAFUSO    ")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8306", "440")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8306", "  80 UND. PASTILHA CORTE CL P30/50 PARAFUSO E  20 UND. PASTILHA CORTE CL P25/50 7 GR PARAFUSO ")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8308", "442")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8308", "  60 UND. PASTILHA CORTE CL T400D 7 GR PARAFUSO  ")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8307", "444")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8307", "  50 PC PASTILHA CORTE GC2015 7 GR PARAFUSO E 10 UND. PASTILHA CORTE CUNHA  ")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8309", "446")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8309", "  10 UND. PASTILHA CORTE GC2035 NEGATIVO ALAVANCA E  10 UND. PASTILHA CORTE GC2035 NEGATIVO ALAVANCA  ")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8310", "450")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8310", "  58 UND. PASTILHA CORTE INT S845 SNMU 1305 ANRMM ")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8312", "452")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8312", "  64 UND. PASTILHA CORTE INT S845 SNMU 1305 ANRMM ")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8311", "454")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8311", "  30 UND. PASTILHA CORTE NEGATIVO ENCAIXE ")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8313", "456")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8313", "  23 UND. PASTILHA CORTE PARAFUSO     ")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8314", "458")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8314", "  24 UND. PASTILHA CORTE PARAFUSO     ")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8318", "460")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8318", "  26 UND. PASTILHA CORTE PARAFUSO     ")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8316", "462")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8316", "  70 UND. PASTILHA CORTE PARAFUSO   ")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8317", "464")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8317", "  23 UND. PASTILHA CORTE PARAFUSO  ")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8315", "466")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8315", "  2 UND. PLACA CIRC IMPRESSO K337-10/CABEC NA-5 ")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8319", "468")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8319", "  2 UND. PLACA CIRC IMPRESSO K337-10/CABEC NA-5 ")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8320", "470")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8320", "  3 UND. POLIA DENTADA DENTADA 7F3000M3000581 E  4 UND. PLACA REVESTIMENTO PLACA REVESTIMENTO ")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8321", "472")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8321", "  12 UND. PORCA T M30X36,00MM DIN 508   ")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8322", "474")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8322", " 528 PONTA MONTADA, PORCA VIDE DESCRIÇÃO E REBOLO DIAMANTADO")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8324", "476")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8324", "  1 UND. REGUA LINEAR GIVI 420 SX GASPARINE   ")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8325", "480")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8325", "  16 UND. REGULADOR PRES OXIGENIO 30M3/H ")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8323", "482")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8323", "  1 UND. FLANGE CEGO SA105 300LB RF 46IN")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8326", "484")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8326", "  5 UND. RELE HENGSTLER H464/3 1190 GASPARINE  ")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8327", "486")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8327", "  7 UND. REPARO CONJUNTO M3024/NZE 3 UND. REPARO CONJUNTO     ")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8331", "488")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8331", "  1 UND. RODA LIVRE FREIO ELETROMAGNETICO SIME 4C")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8330", "490")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8330", "  1 UND. RODA LIVRE FREIO ELETROMAGNETICO SIME 4C")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8329", "492")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8329", "  1 UND. RODA LIVRE FREIO ELETROMAGNETICO SIME 4C")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8328", "494")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8328", " 16 ITENS DIVERSOS ROL ROLO CIL MED DIVERSAS")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8332", "496")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8332", "  12 UND. ROLDANA TRACAO TRACAO 2,4-5,6MM ")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8336", "506")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8336", " 40 ITENS DIVERSOS - SUPORTE E OUTROS VEJA DESCRIÇÃO")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8335", "508")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8335", "  3 UND. TONALIZADOR C4129X   ")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8334", "510")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8334", "  6 UND. TONALIZADOR IMP LEXMARK E323  ")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8337", "512")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8337", "  3 UND. TONALIZADOR IMP LEXMARK T632DTN ")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8333", "514")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8333", "  3 UND. TONALIZADOR IMP LEXMARK T632DTN ")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8338", "516")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8338", "  3 UND. TONALIZADOR IMP LEXMARK T632DTN ")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8339", "518")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8339", "  3 UND. TONALIZADOR Q2316A  E  1 UND. TONALIZADOR IMP LEXMARK T632DTN ")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8341", "520")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8341", "  3 UND. TONALIZADOR IMPRESSORA OCE TDS 6000   ")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8343", "522")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8343", "  3 UND. TONALIZADOR IMPRESSORA OCE TDS 6000   ")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8342", "524")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8342", "  4 UND. TONALIZADOR Q1338A - USAR ( 15117230 ) ")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8340", "526")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8340", "  7 UND. "LAMINA SERRA FITA L1 1/2"" C4,82M"   ")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8344", "528")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8344", "  120 UND. BRUNIDOR NR 25,00 X 25,00 X 150,00 MM  ")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8345", "530")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8345", "  400 MT CABO ELET 1 X 25MM2 0,6/1KV   ")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8347", "532")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8347", "  6 UND. CALCO FRESA FR-720 M  ")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8346", "534")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8346", "  20 UND. CALCO FIX PASTILHA SER 15AR-53 ")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8349", "536")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8349", "  15 UND. TALABARTE Y")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8348", "538")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8348", "  15 UND. TALABARTE Y")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8352", "540")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8352", "  15 UND. TALABARTE Y")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8350", "542")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8350", "  15 UND. TALABARTE Y")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8353", "544")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8353", "  15 UND. TALABARTE Y")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8351", "546")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8351", "  15 UND. TALABARTE Y")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8354", "548")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8354", "  15 UND. TALABARTE Y")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8357", "550")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8357", "  15 UND. TALABARTE Y")</f>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
-      <c r="A164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8355", "552")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8355", "  15 UND. TALABARTE Y")</f>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8356", "554")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8356", "  15 UND. TALABARTE Y")</f>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
-      <c r="A166" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8358", "556")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8358", "  15 UND. TALABARTE Y")</f>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
-      <c r="A167" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8359", "558")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8359", "  15 UND. TALABARTE Y")</f>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
-      <c r="A168" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8360", "560")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8360", "  15 UND. TALABARTE Y")</f>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
-      <c r="A169" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8361", "562")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8361", "  16 UND. TALABARTE Y")</f>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
-      <c r="A170" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8362", "564")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8362", "  16 UND. TALABARTE Y")</f>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
-      <c r="A171" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8363", "566")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8363", "  16 UND. TALABARTE Y")</f>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
-      <c r="A172" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8365", "568")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8365", "  16 UND. TALABARTE Y")</f>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
-      <c r="A173" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8366", "570")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8366", "  16 UND. TALABARTE Y")</f>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
-      <c r="A174" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8364", "572")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8364", "  16 UND. TALABARTE Y")</f>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
-      <c r="A175" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8367", "574")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8367", "  16 UND. TALABARTE Y")</f>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
-      <c r="A176" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8370", "576")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8370", "  16 UND. TALABARTE Y")</f>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
-      <c r="A177" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8369", "578")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8369", "  16 UND. TALABARTE Y")</f>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
-      <c r="A178" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8368", "580")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8368", "  16 UND. TALABARTE Y")</f>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
-      <c r="A179" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8371", "582")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8371", "  16 UND. TALABARTE Y")</f>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
-      <c r="A180" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8374", "584")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8374", "  16 UND. TALABARTE Y")</f>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
-      <c r="A181" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8375", "586")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8375", "  16 UND. TALABARTE Y")</f>
       </c>
       <c r="C181" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
-      <c r="A182" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8372", "588")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8372", "  16 UND. TALABARTE Y")</f>
       </c>
       <c r="C182" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
-      <c r="A183" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8376", "590")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8376", "  20 PR LUVA SEGURANCA SINGLE JERSEY METARAMIDA")</f>
       </c>
       <c r="C183" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
-      <c r="A184" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8373", "592")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8373", "  20 PR LUVA SEGURANCA SINGLE JERSEY METARAMIDA")</f>
       </c>
       <c r="C184" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
-      <c r="A185" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8378", "594")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8378", "  20 PR LUVA SEGURANCA SINGLE JERSEY METARAMIDA")</f>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
-      <c r="A186" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8382", "596")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8382", "  20 PR LUVA SEGURANCA SINGLE JERSEY METARAMIDA")</f>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
-      <c r="A187" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8377", "598")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8377", "  20 PR LUVA SEGURANCA SINGLE JERSEY METARAMIDA")</f>
       </c>
       <c r="C187" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
-      <c r="A188" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8380", "600")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8380", "  20 PR LUVA SEGURANCA SINGLE JERSEY METARAMIDA")</f>
       </c>
       <c r="C188" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
-      <c r="A189" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8379", "602")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8379", "  20 PR LUVA SEGURANCA SINGLE JERSEY METARAMIDA")</f>
       </c>
       <c r="C189" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
-      <c r="A190" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8381", "604")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8381", "  20 PR LUVA SEGURANCA SINGLE JERSEY METARAMIDA")</f>
       </c>
       <c r="C190" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
-      <c r="A191" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8383", "606")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8383", "  20 PR LUVA SEGURANCA SINGLE JERSEY METARAMIDA")</f>
       </c>
       <c r="C191" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D191" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
-      <c r="A192" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8385", "608")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8385", "  20 PR LUVA SEGURANCA SINGLE JERSEY METARAMIDA")</f>
       </c>
       <c r="C192" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D192" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
-      <c r="A193" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8388", "610")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8388", "  20 PR LUVA SEGURANCA SINGLE JERSEY METARAMIDA")</f>
       </c>
       <c r="C193" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
-      <c r="A194" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8384", "612")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8384", "  20 PR LUVA SEGURANCA SINGLE JERSEY METARAMIDA")</f>
       </c>
       <c r="C194" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D194" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
-      <c r="A195" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8387", "614")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8387", "  20 PR LUVA SEGURANCA SINGLE JERSEY METARAMIDA")</f>
       </c>
       <c r="C195" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E195" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
-      <c r="A196" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8386", "616")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8386", "  20 PR LUVA SEGURANCA SINGLE JERSEY METARAMIDA")</f>
       </c>
       <c r="C196" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
-      <c r="A197" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8391", "618")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8391", "  20 PR LUVA SEGURANCA SINGLE JERSEY METARAMIDA")</f>
       </c>
       <c r="C197" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D197" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
-      <c r="A198" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8390", "620")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8390", "  20 PR LUVA SEGURANCA SINGLE JERSEY METARAMIDA")</f>
       </c>
       <c r="C198" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D198" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E198" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F198" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
-      <c r="A199" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8389", "622")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8389", "  20 PR LUVA SEGURANCA SINGLE JERSEY METARAMIDA")</f>
       </c>
       <c r="C199" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D199" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E199" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
-      <c r="A200" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8392", "624")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8392", "  20 PR LUVA SEGURANCA SINGLE JERSEY METARAMIDA")</f>
       </c>
       <c r="C200" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E200" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
-      <c r="A201" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8395", "626")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8395", "  20 PR LUVA SEGURANCA SINGLE JERSEY METARAMIDA")</f>
       </c>
       <c r="C201" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D201" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E201" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
-      <c r="A202" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8393", "628")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8393", "  20 PR LUVA SEGURANCA SINGLE JERSEY METARAMIDA")</f>
       </c>
       <c r="C202" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D202" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E202" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F202" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
-      <c r="A203" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8394", "630")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8394", "  20 PR LUVA SEGURANCA SINGLE JERSEY METARAMIDA")</f>
       </c>
       <c r="C203" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E203" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
-      <c r="A204" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8396", "632")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8396", "  20 PR LUVA SEGURANCA SINGLE JERSEY METARAMIDA")</f>
       </c>
       <c r="C204" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D204" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E204" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F204" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
-      <c r="A205" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8397", "634")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8397", "  20 PR LUVA SEGURANCA SINGLE JERSEY METARAMIDA")</f>
       </c>
       <c r="C205" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D205" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E205" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F205" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
-      <c r="A206" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8398", "636")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8398", "  20 PR LUVA SEGURANCA SINGLE JERSEY METARAMIDA")</f>
       </c>
       <c r="C206" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D206" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E206" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F206" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
-      <c r="A207" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8401", "638")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8401", "  20 PR LUVA SEGURANCA SINGLE JERSEY METARAMIDA")</f>
       </c>
       <c r="C207" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D207" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E207" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F207" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
-      <c r="A208" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8399", "644")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8399", "  1 UND. REDUCAO EXC A-403-F317L B16.9   10X8"")</f>
       </c>
       <c r="C208" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D208" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E208" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F208" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
-      <c r="A209" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8400", "652")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8400", "  1 UND. CURVA 90 SA403 WP 316L RL SCH80S  10IN")</f>
       </c>
       <c r="C209" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D209" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E209" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F209" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
-      <c r="A210" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A210" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8402", "654")</f>
+      </c>
+      <c r="B210" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8402", "  125 UND. BUCHA REDUCAO LATAO NPT  3/4 X 1/2IN ")</f>
       </c>
       <c r="C210" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D210" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E210" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F210" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
-      <c r="A211" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A211" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8403", "662")</f>
+      </c>
+      <c r="B211" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8403", "  2 UND. FLANGE CEGO A182F310  300LB125a250 11/2")</f>
       </c>
       <c r="C211" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D211" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E211" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F211" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
-      <c r="A212" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A212" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8404", "664")</f>
+      </c>
+      <c r="B212" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8404", "  3 UND. FLANGE CEGO A182F310  300LB125a250 11/2")</f>
       </c>
       <c r="C212" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D212" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E212" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F212" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
-      <c r="A213" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A213" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8406", "668")</f>
+      </c>
+      <c r="B213" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8406", "  1 UND. FLANGE CEGO SA105 300LB RF 24IN")</f>
       </c>
       <c r="C213" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D213" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E213" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F213" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
-      <c r="A214" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A214" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8405", "672")</f>
+      </c>
+      <c r="B214" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8405", "  4 UND. FLANGE LWN SA105 150LB RF 1 1/2IN X300mm")</f>
       </c>
       <c r="C214" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D214" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E214" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F214" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
-      <c r="A215" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A215" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8407", "674")</f>
+      </c>
+      <c r="B215" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8407", "  3 UND. FLANGE LWN SA105 300LB RF   1IN X450mm")</f>
       </c>
       <c r="C215" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D215" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E215" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F215" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
-      <c r="A216" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A216" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8408", "676")</f>
+      </c>
+      <c r="B216" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8408", "  2 UND. FLANGE LWN SA105 300LB RF 1 1/2IN X450mm")</f>
       </c>
       <c r="C216" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D216" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E216" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F216" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
-      <c r="A217" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A217" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8409", "678")</f>
+      </c>
+      <c r="B217" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8409", "  2 UND. FLANGE LWN SA105 300LB RF 1 1/2IN X450mm")</f>
       </c>
       <c r="C217" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D217" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E217" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F217" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
-      <c r="A218" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A218" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8410", "680")</f>
+      </c>
+      <c r="B218" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8410", "  2 UND. FLANGE LWN SA182F316L 150LB RF  1"X500")</f>
       </c>
       <c r="C218" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D218" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E218" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F218" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
-      <c r="A219" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A219" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8411", "682")</f>
+      </c>
+      <c r="B219" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8411", "  2 UND. FLANGE LWN SA182F316L 150LB RF  1"X500")</f>
       </c>
       <c r="C219" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D219" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E219" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F219" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
-      <c r="A220" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A220" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8413", "684")</f>
+      </c>
+      <c r="B220" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8413", "  1 UND. FLANGE LWN SA182F316L 150LB RF 1 1/2X500")</f>
       </c>
       <c r="C220" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D220" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E220" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F220" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
-      <c r="A221" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A221" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8412", "686")</f>
+      </c>
+      <c r="B221" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8412", "  1 UND. FLANGE LWN SA182F316L 150LB RF 1 1/2X500")</f>
       </c>
       <c r="C221" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D221" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E221" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F221" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
-      <c r="A222" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A222" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8415", "688")</f>
+      </c>
+      <c r="B222" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8415", "  1 UND. FLANGE LWN SA182F316L 150LB RF 1 1/2X500")</f>
       </c>
       <c r="C222" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D222" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E222" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F222" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
-      <c r="A223" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A223" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8414", "690")</f>
+      </c>
+      <c r="B223" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8414", "  1 UND. FLANGE LWN SA182F316L 150LB RF 1 1/2X500")</f>
       </c>
       <c r="C223" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D223" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E223" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F223" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
-      <c r="A224" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A224" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8416", "692")</f>
+      </c>
+      <c r="B224" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8416", "  1 UND. FLANGE LWN SA182F316L 150LB RF 1 1/2X500")</f>
       </c>
       <c r="C224" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D224" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E224" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F224" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
-      <c r="A225" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A225" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8417", "694")</f>
+      </c>
+      <c r="B225" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8417", "  1 UND. FLANGE LWN SA182F316L 150LB RF 1 1/2X500")</f>
       </c>
       <c r="C225" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D225" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E225" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F225" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
-      <c r="A226" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A226" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8419", "696")</f>
+      </c>
+      <c r="B226" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8419", "  1 UND. FLANGE LWN SA182F316L 150LB RF 1 1/2X500")</f>
       </c>
       <c r="C226" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D226" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E226" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F226" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
-      <c r="A227" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A227" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8418", "698")</f>
+      </c>
+      <c r="B227" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8418", "  1 UND. FLANGE LWN SA182F316L 150LB RF 1 1/2X500")</f>
       </c>
       <c r="C227" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D227" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E227" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F227" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
-      <c r="A228" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A228" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8421", "700")</f>
+      </c>
+      <c r="B228" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8421", "  4 UND. FLANGE LWN SA182F316L 300LB RF 1 1/2X275")</f>
       </c>
       <c r="C228" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D228" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E228" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F228" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
-      <c r="A229" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A229" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8420", "702")</f>
+      </c>
+      <c r="B229" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8420", "  1 UND. FLANGE LWN SA182F316L 300LB RF 1 1/2X500")</f>
       </c>
       <c r="C229" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D229" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E229" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F229" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
-      <c r="A230" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A230" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8423", "704")</f>
+      </c>
+      <c r="B230" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8423", "  1 UND. FLANGE LWN SA182F316L 300LB RF 1 1/2X500")</f>
       </c>
       <c r="C230" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D230" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E230" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F230" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
-      <c r="A231" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A231" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8422", "706")</f>
+      </c>
+      <c r="B231" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8422", "  1 UND. FLANGE LWN SA182F316L 300LB RF 1 1/2X500")</f>
       </c>
       <c r="C231" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D231" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E231" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F231" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
-      <c r="A232" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A232" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8425", "708")</f>
+      </c>
+      <c r="B232" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8425", "  1 UND. FLANGE LWN SA182F316L 300LB RF 1 1/2X500")</f>
       </c>
       <c r="C232" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D232" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E232" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F232" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
-      <c r="A233" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A233" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8424", "710")</f>
+      </c>
+      <c r="B233" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8424", "  1 UND. FLANGE LWN SA182F317L 150LB RF  1"X540")</f>
       </c>
       <c r="C233" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D233" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E233" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F233" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
-      <c r="A234" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A234" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8427", "712")</f>
+      </c>
+      <c r="B234" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8427", "  1 UND. FLANGE WN SA105 150LB FF SCH 40   24IN")</f>
       </c>
       <c r="C234" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D234" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E234" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F234" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
-      <c r="A235" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A235" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8426", "716")</f>
+      </c>
+      <c r="B235" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8426", "  1 UND. FLANGE WN SA105 150LB RF SCH 40   24IN")</f>
       </c>
       <c r="C235" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D235" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E235" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F235" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
-      <c r="A236" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A236" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8429", "720")</f>
+      </c>
+      <c r="B236" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8429", "  1 UND. FLANGE WN SA105 300LB RF ESP.29mm  46IN")</f>
       </c>
       <c r="C236" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D236" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E236" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F236" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
-      <c r="A237" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A237" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8428", "728")</f>
+      </c>
+      <c r="B237" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8428", "  3 UND. FLANGE-PE-A182 F304H-3/4"-2500#-RTJ   ")</f>
       </c>
       <c r="C237" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D237" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E237" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F237" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
-      <c r="A238" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A238" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8431", "730")</f>
+      </c>
+      <c r="B238" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8431", "  3 UND. FLANGE-PE-A182 F304H-3/4"-2500#-RTJ   ")</f>
       </c>
       <c r="C238" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D238" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E238" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F238" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
-      <c r="A239" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A239" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8430", "732")</f>
+      </c>
+      <c r="B239" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8430", "  4 UND. FLANGE-PE-A182 F304H-3/4"-2500#-RTJ   ")</f>
       </c>
       <c r="C239" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D239" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E239" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F239" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
-      <c r="A240" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A240" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8433", "734")</f>
+      </c>
+      <c r="B240" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8433", "  677 UND. GRAMPOS DE ANCORAGEM TIPO "V" - E=150mm ")</f>
       </c>
       <c r="C240" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D240" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E240" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F240" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
-      <c r="A241" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A241" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8432", "738")</f>
+      </c>
+      <c r="B241" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8432", "  30 UND. JOELHO 90 A-105 3000LB GAL NPT 1 1/2 IN")</f>
       </c>
       <c r="C241" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D241" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E241" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F241" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
-      <c r="A242" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A242" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8434", "742")</f>
+      </c>
+      <c r="B242" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8434", "  6 UND. JUNTA OVAL F304 R50 1500LB 110HB 8 IN")</f>
       </c>
       <c r="C242" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D242" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E242" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F242" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
-      <c r="A243" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A243" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8436", "746")</f>
+      </c>
+      <c r="B243" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8436", "  1 UND. JUNTA ESP 150LB AISI 317L 913M   24IN")</f>
       </c>
       <c r="C243" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D243" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E243" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F243" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
-      <c r="A244" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A244" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8435", "748")</f>
+      </c>
+      <c r="B244" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8435", "  1 UND. JUNTA ESP 150LB AISI 317L 913M   24IN")</f>
       </c>
       <c r="C244" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D244" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E244" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F244" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
-      <c r="A245" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A245" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8437", "754")</f>
+      </c>
+      <c r="B245" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8437", "  1 UND. MODULO OPTICO FX 100 MB PARA CB 700   ")</f>
       </c>
       <c r="C245" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D245" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E245" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F245" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
-      <c r="A246" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A246" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8438", "760")</f>
+      </c>
+      <c r="B246" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8438", "  1 UND. REDUCAO EXC A-403-F317L B16.9  14X10"")</f>
       </c>
       <c r="C246" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D246" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E246" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F246" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
-      <c r="A247" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A247" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8439", "762")</f>
+      </c>
+      <c r="B247" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8439", "  1 UND. REDUCAO EXC A-403-F317L B16.9  14X10"")</f>
       </c>
       <c r="C247" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D247" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E247" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F247" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
-      <c r="A248" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A248" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8440", "764")</f>
+      </c>
+      <c r="B248" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8440", "  1 UND. REDUCAO EXC A-403-F317L B16.9  14X10"")</f>
       </c>
       <c r="C248" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D248" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E248" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F248" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
-      <c r="A249" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A249" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8441", "766")</f>
+      </c>
+      <c r="B249" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8441", "  1 UND. REDUCAO EXC A-403-F317L B16.9  18X14"")</f>
       </c>
       <c r="C249" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D249" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E249" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F249" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
-      <c r="A250" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A250" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8442", "768")</f>
+      </c>
+      <c r="B250" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8442", "  1 UND. SWEEPOLET A182 317L SCH80S ST 10X1 1/2IN")</f>
       </c>
       <c r="C250" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D250" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E250" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F250" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
-      <c r="A251" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A251" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8443", "770")</f>
+      </c>
+      <c r="B251" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8443", "  1 UND. SWEEPOLET A182 317L SCH80S ST 10X1 1/2IN")</f>
       </c>
       <c r="C251" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D251" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E251" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F251" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
-      <c r="A252" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A252" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8445", "772")</f>
+      </c>
+      <c r="B252" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8445", "  1 UND. SWEEPOLET A182 317L SCH80S ST 10X1 1/2IN")</f>
       </c>
       <c r="C252" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D252" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E252" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F252" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
-      <c r="A253" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A253" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8444", "774")</f>
+      </c>
+      <c r="B253" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8444", "  1 UND. SWEEPOLET A182 317L SCH80S ST 10X1 1/2IN")</f>
       </c>
       <c r="C253" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D253" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E253" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F253" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
-      <c r="A254" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A254" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8446", "776")</f>
+      </c>
+      <c r="B254" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8446", "  8 UND. TAMPAO A310 3000LB ROSCA NPT  1 1/2IN")</f>
       </c>
       <c r="C254" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D254" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E254" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F254" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
-      <c r="A255" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A255" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8447", "778")</f>
+      </c>
+      <c r="B255" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8447", "  44 UND. TE RED A-105 3000LB GAL NPT 1 X 1/2 IN ")</f>
       </c>
       <c r="C255" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D255" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E255" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F255" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
-      <c r="A256" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A256" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8449", "780")</f>
+      </c>
+      <c r="B256" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8449", "  40 UND. TE RED A-105 3000LB GAL NPT 1 X 1/2 IN ")</f>
       </c>
       <c r="C256" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D256" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E256" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F256" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
-      <c r="A257" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A257" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8448", "782")</f>
+      </c>
+      <c r="B257" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8448", "  40 UND. TE RED A-105 3000LB GAL NPT 1 X 1/2 IN ")</f>
       </c>
       <c r="C257" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D257" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E257" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F257" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
-      <c r="A258" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A258" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8450", "784")</f>
+      </c>
+      <c r="B258" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8450", "  6 UND. VALVULA AGULHA A182 F316 6000LB  1/2IN")</f>
       </c>
       <c r="C258" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D258" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E258" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F258" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>