--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1371 +269,1203 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92638", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92638", " ÔNIBUS MB MARCOPOLO VIALE U; ANO: 2008/2008")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>15.750,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92639", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92639", " ÔNIBUS MB MARCOPOLO VIALE U; ANO: 2008/2008")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92637", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92637", " ÔNIBUS MB INDUSCAR APACHE A; ANO: 2005/2006")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>15.750,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92829", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92829", "[ VÍDEOS ] JPX MONTEZ STD. DIESEL. ANO 1996")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92640", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92640", "VW Gol 1.0 Flex. Ano  2009")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92641", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92641", "[ VÍDEO ] VW Saveiro CL. Ano 1996. Gasolina. Toda Original")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>13.250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92621", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92621", "[ VÍDEOS ] JET SKI SEA-DOO. Mod.  RXT 260 IS. Ano 2010. Aprox. 99 horas")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92618", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92618", "CHASSI DOCUMENTADO PARA MONTAR TRAILER PARA CAMPING")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93454", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93454", "Fiat Palio Weekend Aventure. Ano 2011/2012")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94390", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94390", "Chevrolet C-60. Gasolina. Ano 1974")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92642", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92642", "GM Chevrolet A20 Custom. Álcool. Ano 1986/ 87")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92643", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92643", "VW 6.90. Guincho com asa delta. Ano 1986/1986")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92644", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92644", "VW/ Fusca 1.300. Ano 1976")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92645", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92645", "Caminhão Ford Cargo 1417F. Ano 2001")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>79.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92622", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92622", "[ VÍDEO ] NISSAN 370 Z COUPÉ. ANO 2011")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>99.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92646", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92646", "Ford F 4000. Ano 2001. Motor Cummins. Baú: 5,50 metros")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>49.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92647", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92647", " Caminhão GMC. Mod. 7.110.  Ano 1997")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>31.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94454", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94454", "[ VÍDEO ] FORD JEEP. GASOLINA. ANO 1972")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92652", "022")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92652", "VW Polo Sedan. 1.6. Gasolina. Ano 2002/ 2003")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92653", "023")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92653", "VW Kombi STD 1.4. Ano 2012/ 2013")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92654", "024")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92654", "Toyota Hilux CS 4x4. Ano 2006")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>50.650,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92625", "102")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92625", " Trio Elétrico: Caminhão MB/ L 113. Ano 1976. Chassi alongado. Potência total de som: 58.000 Watts")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92626", "104")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92626", "[ VÍDEO ] VW Gol 1.6. Ano 1988. Etanol. Segundo dono. Funcionando. Bom estado.")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92627", "108")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92627", "VW/ Gol 1.0. Ano 1994. Segundo dono. Funcionando.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>6.100,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92629", "122")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92629", "Reboque/ Carroceria fechada Halley Team Hope. Ano 2013")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92632", "131")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92632", "CAMINHÃO VW MOD. 8150-E DELIVERY. ANO 2007")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92634", "132")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92634", "Caminhão Betoneira Ford/ Cargo 2628 cn 6x4. Ano 2011/2012 ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>250.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92635", "133")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92635", "Caminhão betoneira Ford/ Cargo Mod. 2628 E. Ano 2011")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>240.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92636", "134")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92636", "Caminhão betoneira Ford/Cargo 2628 E 2011/2011")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>240.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93528", "202")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93528", "Fiat Palio Weekend Attractive. Flex. Ano 2016. Aprox. 91.000 km")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93527", "204")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93527", " VW FOX 1.0. Flex. Ano 2008/ 2008. Aprox. 115.000 km")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93526", "205")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93526", "FIAT PALIO FIRE..Flex.  Ano 2008/ 2008. Aprox. 116.000 km")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93529", "208")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93529", "AMBULÂNCIA RENAULT KANGOO RONTAN. ANO 2014/ 2015 ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93530", "209")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93530", "GM S-10 LS FD2. FLEX. ANO 2013")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93531", "211")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93531", "GM S-10 LS FD2. FLEX. ANO 2014")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93532", "212")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93532", "AMBULÂNCIA PEUGEOT PARTNER MARIMAR . ANO 2012/ 13")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94392", "505")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94392", "[ VÍDEO ] FIAT IDEA ESSENCE. ANO 2012. Aprox. 105.000 km")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>18.880,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93523", "507")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93523", "VW Crossfox. Ano 2008/ 2009")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93524", "508")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93524", "[ VÍDEO ] Fiat Palio Weekend Adventure. Flex. Ano 2008/ 2009")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...1165 lines deleted...]
-      </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93525", "509")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93525", "[ VÍDEO ] M. Benz Sprinter Furgão 313CDI. Ano 2006")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94387", "510")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94387", "Peugeot 207 Passion. Sedan. Flex. Ano 2009. Aprox. 129.000 km")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94455", "511")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94455", "FORD TRANSIT 350L TA. DIESEL. ANO 2010")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>