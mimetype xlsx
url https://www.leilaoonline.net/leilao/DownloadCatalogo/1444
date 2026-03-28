--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,955 +269,839 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91839", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91839", "RENAULT/MASTER MBUS L3H2; 2017/2018; BRANCA; DIESEL - FUNCIONANDO - FROTA 257")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>96.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91840", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91840", "I/M.BENZ 415CDI SPRINTERM; 2018/2019; BRANCA; DIESEL - FUNCIONANDO - FROTA I23")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>109.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91841", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91841", "I/FIAT DUCATO CARGO B; 2019/2019; AMARELA; DIESEL - FUNCIONANDO - FROTA J04")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>83.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91842", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91842", "I/M.BENZ 415CDI SPRINTERM; 2014/2015; BRANCA; DIESEL - FUNCIONANDO - FROTA B55")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>51.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91843", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91843", "I/M.BENZ 415CDI SPRINTERM; 2015/2016; BRANCA; DIESEL - FUNCIONANDO - FROTA J09")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>53.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91844", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91844", "RENAULT/MASTER MARIM PAS; 2017/2018; BRANCA; DIESEL - FUNCIONANDO - FROTA 038")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91845", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91845", "RENAULT/MASTER MBUS L3H2; 2018/2019; BRANCA; DIESEL - FUNCIONANDO - FROTA 463")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>83.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91846", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91846", "RENAULT/MASTER NIKS 16 P; 2018/2019; BRANCA; DIESEL - FUNCIONANDO - FROTA 310")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>71.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91847", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91847", "I/M.BENZ 415CDI SPRINTERM; 2014/2015; BRANCA; DIESEL - FUNCIONANDO - FROTA C71")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>59.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91848", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91848", "I/M.BENZ 415CDI SPRINTERM; 2015/2016; BRANCA; DIESEL - FUNCIONANDO - FROTA I44")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>77.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91849", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91849", "I/M.BENZ 415CDI SPRINTERM; 2014/2015; BRANCA; DIESEL - FUNCIONANDO - FROTA C72")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>66.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91850", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91850", "I/M.BENZ 415CDI SPRINTERM; 2014/2015; BRANCA; DIESEL - FUNCIONANDO - FROTA C73")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>69.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91851", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91851", "CITROEN/JUMPER FURGÃO F35LH 23S; 2012/2013; BRANCA; DIESEL - NÃO FUNCIONA, FALTANDO PEÇAS - FROTA 571")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91852", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91852", "CITROEN/JUMPER FURGÃO F35LH 23S; 2012/2013; BRANCA; DIESEL - FUNCIONANDO - FROTA 509")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92831", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92831", "CAMINHÃO FORD/CARGO 1722 E TOCO; 2006/2006; BRANCO; DIESEL; COM COMPACTADOR DE LIXO - FUNCIONANDO - FROTA 983")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>72.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91812", "020")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91812", "VW/FOX 1.0; 2007/2008; IPVA 2021 PAGO - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>8.200,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91808", "021")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91808", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91807", "022")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91807", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91809", "023")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91809", "FORD/F350 G; 2010/2010; BRANCA; DIESEL ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>135</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>59.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91806", "028")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91806", "I/FORD RANGER XLT 14X; 1999/1999; PRATA; GASOLINA/GAS NATURAL VEICULAR")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>20.250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91800", "029")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91800", "GM/VECTRA SEDAN ELITE; 2010/2011; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>27.600,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92606", "030")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92606", "I/CHERY CIELO 1.6 HATCH; 2011/2012; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92601", "090")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92601", "FIAT/FIORINO 1.4 FLEX; 2016/2016; BRANCA; ALCO./GASOL. ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>44.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92602", "091")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92602", "FIAT/FIORINO 1.4 FLEX; 2016/2016; BRANCA; ALCO./GASOL. ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>44.250,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91803", "092")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91803", "I/JINBEI FABUSFORMA M35; 2012/2013; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...499 lines deleted...]
-      <c r="F27" s="4" t="inlineStr">
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91804", "094")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91804", "FORD/CARGO 816 S; 2013/2013; BRANCA; DIESEL - CESTO AÉREO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>95</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>121.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92603", "201")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92603", "veja o vídeo!! PEUGEOT/HOGGAR XR; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92605", "206")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92605", "veja o vídeo!! I/MMC OUTLANDER 3.0 GT; 2015/2016; CINZA; GASOLINA; IPVA 2021 PAGO - FUNCIONANDO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
-      <c r="B28" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F29" s="4" t="inlineStr">
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>80.350,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-[...286 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92604", "210")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92604", "veja o vídeo!! I/M.BENZ CLA200; 2014/2015; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>87.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>