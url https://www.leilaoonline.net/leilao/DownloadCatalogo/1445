--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1051 +269,923 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92610", "241")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92610", "veja o vídeo!! GM/CHEVETTE; 1976/1976; AMARELO; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>17.700,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93120", "243")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93120", "veja o vídeo!! GM/VECTRA GL; 1997/1997; VERDE; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92607", "245")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92607", "FIAT/PALIO EDX; 1996/1996; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92608", "256")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92608", "veja o vídeo!! FIAT/UNO ELECTRONIC; 1995/1995; VERDE; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>6.650,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92609", "260")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92609", "veja o vídeo!! GM/KADETT IPANEMA GL; 1996/1997; FANTASIA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>6.400,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92611", "261")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92611", "veja o vídeo!! VW/FUSCA 1500; 1972/1972; VERDE; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92958", "262")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92958", "VW/BRASILIA; 1974/1974; AMARELA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>8.600,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93125", "263")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93125", "VW/FUSCA 1500; 1974 - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>10.200,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93293", "268")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93293", "veja o vídeo!! VW/GOL CL 1.8; 1993/1993; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>6.550,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91829", "269")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91829", "veja o vídeo!! VW/ FUSCA 1300; 1970/1970; AZUL - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>13.150,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93292", "270")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93292", "veja o vídeo!! VW/SAVEIRO CL; 1994/1994; PRATA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>10.850,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91828", "271")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91828", "veja o vídeo!! VW/GOL GTI 2000; 1991/1991; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>28.450,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91824", "272")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91824", "veja o vídeo!! VW/GOL GTS; 1990/1991; VERMELHA; GASOLINA - FUNCIONANDO - LEGALIZADO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>28.700,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91825", "273")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91825", "VW/GOL GTS; 1989/1989; PRETA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91827", "274")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91827", "VW/GOL GTS; 1989/1989; PRATA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>11.750,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91826", "276")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91826", "veja o vídeo!! VW/GOL GTS; 1989/1990; VERMELHA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>14.250,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92832", "277")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92832", "veja o vídeo!! FORD/DEL REY GL; 1986/1986; CINZA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>7.150,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92731", "280")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92731", "VW/GOL BX; 1985/1986; AZUL; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92732", "281")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92732", "VW/FUSCA 1500; 1973/1973; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>10.900,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92883", "282")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92883", "veja o vídeo!! VW/GOL GTS; 1988/1989; BRANCA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>12.550,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91831", "283")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91831", "VW/GOL CL 1.8; 1993/1993; BEGE; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91830", "284")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91830", "veja o vídeo!! VW/GOL GTS; 1989; PRETA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>14.150,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91821", "285")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91821", "veja o vídeo!! VW/GOL GTS; 1991; PRATA - FUNCIONANDO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>15.350,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92915", "286")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92915", "veja o vídeo!! PARATI GL 1.8; 1992/1993; AZUL; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>12.750,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92914", "287")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92914", "veja o vídeo!! VW/SANTANA CL; 1988/1988; CINZA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>4.750,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92916", "291")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92916", "VW/GOL; 1981/1981; PRETA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>2.650,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91819", "293")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91819", "VW/GOL LS; 1985/1985; BEGE; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91820", "294")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91820", "veja o vídeo!! VW/GOL GTS; 1991/1992; VERMELHA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>16.750,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91817", "297")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91817", "veja o vídeo!! VW; TL 1600; 1974")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>7.250,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91818", "298")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91818", "veja o vídeo!! VW/PASSAT VILLAGE LS; 1986/1986; VERDE; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>13.050,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91822", "302")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91822", "vídeo novo!! GM; MONZA SL/E; 1984/1984; VERDE; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91823", "303")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/91823", "veja o vídeo!! FIAT/FIAT 147 GLS; 1980/1980; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>4.150,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>