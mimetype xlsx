--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1467 +269,1287 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92924", "020")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92924", "VW/FOX 1.0; 2007/2008; IPVA 2021 PAGO - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>14.150,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94001", "070")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94001", "FORD/F-250 XLT L; 2000/2000; PRATA; DIESEL; MOTOR MWM 6CC; COMPLETA")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>62.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92659", "200")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92659", "veja o vídeo!! RENAULT/DUSTER 20 D 4X2; 2016/2016; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>38.700,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92660", "201")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92660", "veja o vídeo!! PEUGEOT/HOGGAR XR; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92664", "203")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92664", "BMW 328I 3A51; 2013/2014; BRANCO - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>62.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92661", "204")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92661", "veja o vídeo!! HONDA/FIT EXL CVT; 2019/2019; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>67.750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93097", "205")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93097", "HONDA/CITY LX CVT; 2020/2020; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>61.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92665", "206")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92665", "veja o vídeo!! I/MMC OUTLANDER 3.0 GT; 2015/2016; CINZA; GASOLINA; IPVA 2021 PAGO - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>83.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92666", "208")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92666", "veja o vídeo!! I/BMW 116I 1A11; 2013/2014; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>92</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>53.250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92669", "209")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92669", "veja o vídeo!! I/VW JETTA CL AF; 2017/2017; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>46.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92668", "211")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92668", "MMC/ASX 2.0 CVT; 2016/2016; MARROM; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92662", "212")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92662", "veja o vídeo!! I/BMW 320I VA71; 2006/2007; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>32.910,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92667", "213")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92667", "veja o vídeo!! HONDA/CITY EX FLEX; 2010/2010; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>27.050,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94064", "214")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94064", "CHEVROLET/S10 LT DD4; 2012/2013; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>118</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>69.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94062", "215")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94062", "veja o vídeo!! FIAT/IDEA ATTRACTIVE 1.4; 2012/2013; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94059", "216")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94059", "VW/NOVA SAVEIRO CE; 2013/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>33.250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93519", "217")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93519", "FIAT/ARGO DRIVE 1.3; 2017/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>39.750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92676", "218")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92676", "veja o vídeo!! NISSAN/KICKS SV CVT; 2018/2019; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>76</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>65.750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92673", "219")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92673", "veja o vídeo!! CHEVROLET/COBALT 1.4 LT; 2013/2014; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>25.600,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92674", "220")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92674", "HONDA/CIVIC LX; 2004/2004; CINZA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>12.750,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92675", "221")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92675", "veja o vídeo!! HONDA/FIT LX; 2004/2004; CINZA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>7.750,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93544", "222")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93544", "TOYOTA/YARIS HB XLS15 AT; 2018/2019; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>58.750,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92672", "223")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92672", "veja o vídeo!! I/GM; CAPTIVA SPORT 2.4; 2010/2011; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92671", "224")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92671", "veja o vídeo!! I/JAG XE P250 R-SPORT; 2018/2018; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>116</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>119.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93520", "225")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93520", "HONDA/CR-V LX; 2010/2010; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94060", "226")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94060", "I/GM CAPTIVA SPORT FWD; 2010/2010; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92670", "227")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92670", "veja o vídeo!! GM/S10 DELUXE; 1995/1996; VERMELHA; GASOLINA/GÁS NATURAL VEICULAR - FUNCIONANDO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>10.250,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92677", "228")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92677", "AUDI/A3 1.8; 2003/2003; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92681", "229")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92681", "CHEVROLET/ONIX 1.0MT LS; 2014/2015; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>62</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>25.750,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92680", "230")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92680", "HONDA/FIT EX; 2007/2008; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>19.350,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92679", "231")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92679", "veja o vídeo!! CHEVROLET/CELTA 1.0L LT; 2013/2014; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92678", "232")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92678", "I/JINBEI TOPIC L; 2012/2012; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93455", "233")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93455", "veja o vídeo!! FIAT/UNO DRIVE 1.0; 2017/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92689", "234")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92689", "HONDA/HR-V EX CVT; 2017/2018; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>66.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92688", "235")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92688", "MMC/ASX 2.0 CVT; 2015/2016; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>37.550,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>1550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92685", "236")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92685", "VW/FOX 1.0; 2009/2010; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>14.250,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92686", "237")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92686", "veja o vídeo!! HONDA/FIT EX; 2006/2007; DOURADA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>15.750,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92683", "238")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92683", "FIAT/LINEA HLX 1.9; 2010/2010; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>10.750,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93096", "239")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93096", "CITROEN/C3 GLX 14 FLEX; 2011/2012; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>11.750,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94063", "240")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94063", "veja o vídeo!! HONDA/FIT LX FLEX; 2007/2008; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92684", "242")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92684", "FIAT/PUNTO ESSENCE 1.6; 2012/2013; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92691", "250")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92691", "veja o vídeo!! VW/SANTANA; 2001/2001; BRANCA; ALCO./GÁS NATURAL VEICULAR - FUNCIONANDO")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92697", "252")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92697", "GM/CLASSIC SPIRIT; 2008/2008; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>10.900,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92692", "254")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92692", "veja o vídeo!! CHEVROLET/CLASSIC LS; 2013/2014; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...1357 lines deleted...]
-      </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92696", "314")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/92696", "JOGO DE RODAS PINGOS DAGUA WOLFSBURG ARO 17 COM PNEUS 195 40")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>