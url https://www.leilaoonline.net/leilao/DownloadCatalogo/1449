--- v0 (2025-10-11)
+++ v1 (2026-03-28)
@@ -269,2715 +269,2379 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93279", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93279", " CAMIONETE RELÍQUIA FORD F-1000, ANO 1989, DIESEL ORIGINAL, BRANCO PEROLIZADO , DIESEL FREIO E MECÂNICA ORIGINAL, 5 MACHAS, 3 PORTAS E 6 PASSAGEIROS")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96736", "004")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96736", "CAMIONETE FORD F4000, ANO 1979, DIESEL,COR AMARELA, 3 PORTAS, 6 PASSAGEIROS,  MECANICA ORIGINAL 5 MARCHAS, FREIO ORIGINAL, DOCUMENTADO BAÚ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96737", "005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96737", "CAMINHÃO VOLVO NL10 340 6X4,  ANO 1991, COR BRANCA, DIESEL, MECANICA 360, FREIO A AR , LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93243", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93243", " CAMINHÃO FIAT/IVECO 190H 1980, AZUL, DIESEL, LS 6X2, MECÂNICA DA SCANIA, FREIO A AR. SERÁ ENTREGUE NO ESTADO EM QUE SE ENCONTRA.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93278", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93278", " CAMINHÃO SCANIA LK 111S 1981, VERMELHA, DIESEL, 4X2, MECÂNICA DA 112, FREIO A AR. SERÁ ENTREGUE NO ESTADO EM QUE SE ENCONTRA.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93227", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93227", " CAMINHÃO SCANIA 111 1979, LARANJA, DIESEL, 4X2, MECÂNICA DA 111, FREIO A AR. SERÁ ENTREGUE NO ESTADO EM QUE SE ENCONTRA.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93284", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93284", " CAMINHÃO SCANIA 111 1976, LARANJA, DIESEL, 4X2, MECÂNICA DA 111, FREIO A AR. SERÁ ENTREGUE NO ESTADO EM QUE SE ENCONTRA")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93231", "012")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93231", " SEMI REBOQUE IDEROL 1979, CINZA, CAR. ABERTA, 3 EIXOS, FREIO A AR. SEM PNEU E SEM RODA. SERÁ ENTREGUE NO ESTADO EM QUE SE ENCONTRA.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93283", "014")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93283", " SEMI REBOQUE RANDON 1983, LARANJA, CAR. ABERTA, 3 EIXOS, FREIO A AR. SEM PNEU E SEM RODA. SERÁ ENTREGUE NO ESTADO EM QUE SE ENCONTRA.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96734", "015")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96734", "REBOQUE FACCHINI RFRBC, 12M, ANO 1995, 2 EIXOS, COR LARANJA, LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96735", "016")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96735", "REBOQUE ANTONINO, 12,30M, ANO 1993, 2 EIXOS, COR AZUL , LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96738", "028")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96738", "CARRETA AGRICOLA / AUTOMOTIVA, SERV. DE BASCULANTE, TODA EM CHAPA DE FERRO, C/ PNEU E RODA , LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93235", "030")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93235", " BAÚ FACCHINI PARA CAMIONETE. SERÁ ENTREGUE NO ESTADO EM QUE SE ENCONTRA")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93229", "034")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93229", " GRANELEIRO DE CARROCERIA 8,20M, 5 TAMPAS, 2 LATERAIS CADA LADO E 1 TRASEIRA COM FOMINHA. SERÁ ENTREGUE NO ESTADO EM QUE SE ENCONTRA.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93282", "035")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93282", " 6 GRANELEIRO PARA CARRETA 12,20M, 6 GUARDAS, 3 DE CADA LADO. SERÁ ENTREGUE NO ESTADO EM QUE SE ENCONTRA.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93286", "036")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93286", " 11 GUARDAS PEQUENAS DO BITREM. SERÁ ENTREGUE NO ESTADO EM QUE SE ENCONTRA.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93281", "037")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93281", " 18 JOGO DE GUARDAS E FORMINHAS PARA CARRETA DE MADEIRA. SERÁ ENTREGUE NO ESTADO EM QUE SE ENCONTRA.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93285", "052")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93285", " TRASEIRA DO BITREM COM BEXIGÃO. SERÁ ENTREGUE NO ESTADO EM QUE SE ENCONTRA.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93244", "053")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93244", " BICICLETA INFANTIL. SERÁ ENTREGUE NO ESTADO EM QUE SE ENCONTRA")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93245", "054")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93245", " BICICLETA MONARK. SERÁ ENTREGUE NO ESTADO EM QUE SE ENCONTRA.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93246", "055")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93246", " CICLOMOTO MONARK 1993, À GASOLINA, 1L/50CC. SEM DIREITO A DOCUMENTO. SERÁ ENTREGUE NO ESTADO EM QUE SE ENCONTRA.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93533", "085")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93533", "12 PNEUS DIVERSOS, Confira as especificações - Jaboticabal, SP")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93534", "095")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93534", "14 PNEUS DIVERSOS, Confira as especificações - Jaboticabal, SP")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>4.400,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93535", "105")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93535", "11 PNEUS DIVERSOS, Confira as especificações - Jaboticabal, SP")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93536", "115")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93536", "14 PNEUS DIVERSOS, Confira as especificações - Jaboticabal, SP")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>4.600,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93537", "125")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93537", "16 PNEUS DIVERSOS, Confira as especificações - Jaboticabal, SP")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>7.600,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93538", "135")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93538", "15 PNEUS DIVERSOS, Confira as especificações - Jaboticabal, SP")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93539", "145")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93539", "13 PNEUS DIVERSOS, Confira as especificações - Jaboticabal, SP")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93540", "155")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93540", "16 PNEUS DIVERSOS, Confira as especificações - Jaboticabal, SP")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>6.800,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93541", "165")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93541", "16 PNEUS DIVERSOS, Confira as especificações - Jaboticabal, SP")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93542", "175")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93542", "12 PNEUS DIVERSOS, Confira as especificações - Jaboticabal, SP")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93543", "186")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93543", "15 PNEUS DIVERSOS, Confira as especificações - Jaboticabal, SP")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96681", "200")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96681", " 01 MOTOR PARTIDA 24V, 04 MOTOR DE PARTIDA LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96693", "201")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96693", "11 MACACOS HIDRAULICOS DIVERSOS, VEJA DESCRITIVO DE ITENS , LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96691", "202")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96691", "3 TOMADAS DE FORÇA, BOMBA HIDRAULICA, VEJA DESCRITIVO DE ITENS , LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.950,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96689", "203")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96689", " 1 COMANDO HIDRAULICO C/ DUAS MANGUEIRAS, DE 6CM, LOC.JABOTICABAL ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96692", "204")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96692", " 60 CASTANHAS, 6 PARAFUSOS E 54 PORCAS DE DIVERSOS MODELOS , LOC.JABOTICABAL")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96690", "205")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96690", " 72 CASTANHAS E 60 PORCAS DE DIVERSOS MODELOS , LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96694", "206")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96694", " 03 TACÓGRAFOS USADOS, LOC. JABOTICABAL")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96696", "207")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96696", " 03 TACÓGRAFOS USADOS, LOC. JABOTICABAL")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96682", "208")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96682", " 24 CAMERAS DE AR, 11.00R22, PARA APROVEITAMENTO , LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96695", "209")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96695", " 14 PROJETORES, 11.00R22 , PARA APROVEITAMENTO , LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>420,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96697", "210")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96697", " 12 ARRINHO DO MEIO DA RODA RAIADA, ARO 22, LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96683", "211")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96683", "09 MOLAS DIVERSAS , VEJA DESCRITIVO DE ITENS, LOC.JABOTICABAL ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96701", "212")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96701", " FEIXE DE 15 MOLOS E 8 MOLAS , VEJA DESCRITIVO DE ITENS, LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96703", "213")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96703", " 24 MOLAS, APROX, 1,21  COMP., 9 CM DE LARG. E 1 CM DE GROSSURA , LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96706", "214")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96706", "APROX. 17 ITENS, RADIOS, MÓDULOS E OUTROS - VEJA DESCRITIVO DE ITENS, LOC.JABOTICABAL ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96702", "215")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96702", " 2 EIXOS ,  LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96698", "216")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96698", " 2 EIXOS ,  LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96699", "217")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96699", " EIXO P/ CARRETA AGRICOLA C/ 6 PARAFUSOS NA RODA, BOCA DE LOBO E QUINTA RODA - VEJA DESCRITIVO DE ITENS - LOC. JABOTICABAL")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96704", "218")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96704", "1 MOTOR V8, E CAMBIO SCANIA , LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...106 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96684", "219")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96684", "1 MOTOR E CAMBIO DO FIAT FNM 180, LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96700", "220")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96700", " 07 PEÇAS E SUPORTES PARA PNEUS DE ESTEPE , VEJA DESCRITIVO DE ITENS , LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96708", "221")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96708", "1 REDUTOR E CAIXA HIDRAULICA - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96711", "222")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96711", "APROX. 2 MTS. CARTÃO TRAÇADO - VEJA DESCRITIVO , LOC.  JABOTICABAL ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96705", "223")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96705", "05 RODAS DIVERSAS - VEJA DESCRITIVO , LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96707", "224")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96707", " 07 RODAS DIVERSAS - VEJA DESCRITIVO, LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96726", "225")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96726", "APROX. 32 PEÇAS E FERRAMENTAS DIVERSAS - VEJA DESCRITIVO , LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96685", "226")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96685", "APROX.35 MANGUEIRAS DIVERSAS DE ALTAS PRESSÃO - VEJA DESCRITIVO ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96710", "227")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96710", "APROX.105  ITENS DIVERSOS, PEÇAS E FERRAMENTAS USADAS - VEJA DESCRITIVO  DE ITENS , LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96727", "228")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96727", " 01 CABINA DO 111S, LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96713", "229")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96713", " 01 CABINA DO 180, LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96723", "230")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96723", " 02 BEXIGÃO PARA CAMINHÃO/ CARRETA COM VALVULAS E GRAMPOS , LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96715", "231")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96715", " 05 BOTIJÕES DE AR COM VALVULAS E SUPORTE , LOC. JABOTICABAL")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96720", "232")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96720", " SUPORTE COM 2 BALANÇAS , LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96714", "233")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96714", " 02 JOGO DE 2 BALANÇAS , LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96686", "234")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96686", " 02 SUPORTE PARA BALANÇA E MOLAS , LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96709", "235")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96709", " EIXO RAIADO,  LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96712", "236")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96712", " EIXO RAIADO, LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96728", "237")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96728", " EIXO RAIADO, LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96724", "238")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96724", " 01 TURBINA PARA CAMINHÃO, 02 TURBINAS PARA CAVALO ( 6 CILINDROS GRANDE ) ,LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96718", "239")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96718", " 01 MOTOR ELETRICO 110/220V, MAQUINA DE FURAR E MAQ. DE SOLDA , LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
-[...447 lines deleted...]
-      <c r="D30" s="4" t="inlineStr">
+      <c r="D82" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E30" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D31" s="4" t="inlineStr">
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96716", "240")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96716", " PÉS HIDRAULICOS DIVERSOS, VEJA DESCRITIVO - LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96717", "241")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96717", " 09 RODAS A DISCO DIVERSAS, VEJA DESCRITIVO - LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96725", "242")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96725", "12 ITENS , RODAS, SEPARADOR E OUTROS- VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96687", "243")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96687", " 02 CARRINHS PARA TRANS. TAMBOR , EIXOS E DISCO , LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96721", "244")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96721", "APROX. 13 ITENS, DISCOE E PRATOS, VEJA DESCRITIVO DE ITENS - LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96719", "245")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96719", " 04 CATRATAS COM CABO DE AÇO, VEJA DESCRITIVO, LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96722", "246")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96722", " 01 CAIXA DE DIREÇÃO HIDRAULICA C/ ITENS VEJA DESCRITIVO - LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96729", "247")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96729", "APROX. 07 ITENS, PISTÃO HIDRAULICO, EIXOS , VELOCIMETROS E OUTROS - VEJA DESCRITIVO, LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96732", "248")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96732", "01 GERADOR ACETILENO E  MOTOR , VEJA DESCRITIVO - LOC. JABOTICABAL ")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E31" s="5" t="inlineStr">
-[...1918 lines deleted...]
-      </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96730", "249")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96730", " 04 ITENS, DEFLETOR DE AR, CONSOLES DE CAMINHÕES, VEJA DESCRITIVO DE ITENS - LOC. JABOTICABAL ")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96731", "250")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96731", "APROX. 11 ITENS , RODAS , MANCAL, MESA E OUTROS - VEJA DESCRITIVO  - LOC. JABOTICABAL ")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96688", "251")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96688", "APROX. 18 ITENS, TURBINAS, INTALAÇÕES DE FIO E OUTROS - VEJA DESCRITIVO , LOC. JABOTICABAL ")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>