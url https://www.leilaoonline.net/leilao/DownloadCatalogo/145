--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,187 +269,167 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8454", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8454", "20 TONELADAS DE LODO GALVÂNICO CONTEM EM SEU COMPOSTO COBRE, GROMO E NÍQUEL, A VENDA SERÁ PELO LOTE SENDO QUE O VALOR SERÁ DIVIDO POR KILO P/ CALCULO CASO FALTE OU ULTRAPASSE A PESAGEM SERÁ FEITA ANTES DA RETIRADA NA BALANÇA DE EMPRESA VENDEDORA COMITENTE.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8455", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8455", "20 TONELADAS DE LODO GALVÂNICO CONTEM EM SEU COMPOSTO COBRE, GROMO E NÍQUEL, A VENDA SERÁ PELO LOTE SENDO QUE O VALOR SERÁ DIVIDO POR KILO P/ CALCULO CASO FALTE OU ULTRAPASSE A PESAGEM SERÁ FEITA ANTES DA RETIRADA NA BALANÇA DE EMPRESA VENDEDORA COMITENTE.")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>1.650,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8456", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8456", "20 TONELADAS DE LODO GALVÂNICO CONTEM EM SEU COMPOSTO COBRE, GROMO E NÍQUEL, A VENDA SERÁ PELO LOTE SENDO QUE O VALOR SERÁ DIVIDO POR KILO P/ CALCULO CASO FALTE OU ULTRAPASSE A PESAGEM SERÁ FEITA ANTES DA RETIRADA NA BALANÇA DE EMPRESA VENDEDORA COMITENTE.")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.950,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8457", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8457", "20 TONELADAS DE LODO GALVÂNICO CONTEM EM SEU COMPOSTO COBRE, GROMO E NÍQUEL, A VENDA SERÁ PELO LOTE SENDO QUE O VALOR SERÁ DIVIDO POR KILO P/ CALCULO CASO FALTE OU ULTRAPASSE A PESAGEM SERÁ FEITA ANTES DA RETIRADA NA BALANÇA DE EMPRESA VENDEDORA COMITENTE.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.950,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8458", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/8458", "20 TONELADAS DE LODO GALVÂNICO CONTEM EM SEU COMPOSTO COBRE, GROMO E NÍQUEL, A VENDA SERÁ PELO LOTE SENDO QUE O VALOR SERÁ DIVIDO POR KILO P/ CALCULO CASO FALTE OU ULTRAPASSE A PESAGEM SERÁ FEITA ANTES DA RETIRADA NA BALANÇA DE EMPRESA VENDEDORA COMITENTE.")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.950,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>