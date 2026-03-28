--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1083 +269,951 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94368", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94368", "CAMIONET GUINCHO PLATAFORMA IVECO DAILY 35S14HD; 2014/2014 - FUNCIONANDO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>93.750,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94388", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94388", "GM/C20 CUSTOM S; 1992/1992; COM PLATAFORMA DE GUINCHO; GÁS NATURAL/GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>46.250,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93098", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93098", "I/FIAT DUCATO CARGO B; 2019/2019; AMARELA; DIESEL - FUNCIONANDO - FROTA J04")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>102.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93099", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93099", "I/M.BENZ 415CDI SPRINTERM; 2014/2015; BRANCA; DIESEL - FUNCIONANDO - FROTA B55")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93100", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93100", "I/M.BENZ 415CDI SPRINTERM; 2015/2016; BRANCA; DIESEL - FUNCIONANDO - FROTA J09")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>87.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93101", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93101", "RENAULT/MASTER MARIM PAS; 2017/2018; BRANCA; DIESEL - FUNCIONANDO - FROTA 038")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>61.250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93102", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93102", "RENAULT/MASTER MBUS L3H2; 2018/2019; BRANCA; DIESEL - FUNCIONANDO - FROTA 463")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>98.750,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93103", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93103", "RENAULT/MASTER NIKS 16 P; 2018/2019; BRANCA; DIESEL - FUNCIONANDO - FROTA 310")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>88.750,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93104", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93104", "I/M.BENZ 415CDI SPRINTERM; 2014/2015; BRANCA; DIESEL - FUNCIONANDO - FROTA C71")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>86.250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93105", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93105", "I/M.BENZ 415CDI SPRINTERM; 2015/2016; BRANCA; DIESEL - FUNCIONANDO - FROTA I44")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>71.250,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93106", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93106", "I/M.BENZ 415CDI SPRINTERM; 2014/2015; BRANCA; DIESEL - FUNCIONANDO - FROTA C72")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>67.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93107", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93107", "I/M.BENZ 415CDI SPRINTERM; 2014/2015; BRANCA; DIESEL - FUNCIONANDO - FROTA C73")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93108", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93108", "CITROEN/JUMPER FURGÃO F35LH 23S; 2012/2013; BRANCA; DIESEL - NÃO FUNCIONA, FALTANDO PEÇAS - FROTA 571")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>60.250,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93109", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93109", "CITROEN/JUMPER FURGÃO F35LH 23S; 2012/2013; BRANCA; DIESEL - FUNCIONANDO - FROTA 509")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>66.150,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94003", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94003", "CAMINHÃO FORD F11.000; 1987/1987; BRANCO; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>16.250,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93114", "021")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93114", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>25.150,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93113", "022")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93113", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>27.050,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93115", "023")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93115", "FORD/F350 G; 2010/2010; BRANCA; DIESEL ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>41.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93545", "024")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93545", "CAMINHÃO FORD CARGO 1722; 2006/2006; TOCO COM COMPACTADOR DE LIXO - FUNCIONANDO - FROTA 982")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>69.950,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93546", "025")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93546", "CAMINHÃO FORD CARGO 1722; 2006/2006; TOCO COM COMPACTADOR DE LIXO - FUNCIONANDO - FROTA 984")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>62</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>71.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93547", "026")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93547", "CAMINHÃO FORD CARGO 1622; 1999/1999; FALTA DIFERENCIAL; TOCO COM COMPACTADOR DE LIXO - NÃO FUNCIONA - FROTA C08")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94002", "027")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94002", "CAMINHÃO FORD CARGO 1622; 2009/2009; FALTA DIFERENCIAL; TOCO COM COMPACTADOR DE LIXO - NÃO FUNCIONA - FROTA I93")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>43.750,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93112", "028")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93112", "I/FORD RANGER XLT 14X; 1999/1999; PRATA; GASOLINA/GAS NATURAL VEICULAR")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>13.250,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93119", "030")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93119", "I/CHERY CIELO 1.6 HATCH; 2011/2012; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>9.150,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94395", "070")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94395", "FORD/F-250 XLT L; 2000/2000; PRATA; DIESEL; MOTOR MWM 6CC; COMPLETA")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>60.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93110", "092")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93110", "I/JINBEI FABUSFORMA M35; 2012/2013; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93111", "094")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93111", "FORD/CARGO 816 S; 2013/2013; BRANCA; DIESEL - CESTO AÉREO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>101.250,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93513", "100")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93513", "veja o vídeo!! M.BENZ/L 1318; 2009/2009; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>91.750,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...42 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93514", "102")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93514", "veja o vídeo!! VW/31.320 CNC 6X4; 2009/2009; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>169.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93117", "201")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93117", "veja o vídeo!! PEUGEOT/HOGGAR XR; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93118", "206")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93118", "veja o vídeo!! I/MMC OUTLANDER 3.0 GT; 2015/2016; CINZA; GASOLINA; IPVA 2021 PAGO - FUNCIONANDO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>88.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...89 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94393", "214")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94393", "CHEVROLET/S10 LT DD4; 2012/2013; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>68</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>71.350,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...798 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94394", "227")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94394", "veja o vídeo!! GM/S10 DELUXE; 1995/1996; VERMELHA; GASOLINA/GÁS NATURAL VEICULAR - FUNCIONANDO")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>11.750,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>