--- v0 (2025-11-05)
+++ v1 (2026-03-28)
@@ -269,6107 +269,5347 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93751", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93751", " Lancha 4.50 mts 5 passageiros Motor Johnson 60 HP, ano 1994. ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93753", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93753", " Sistema de ordenha marca Delaval ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93757", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93757", " Maquina de suco, voltagem 110v. ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>620,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93763", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93763", " Caixa registradora Argus anos 70. ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>680,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93767", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93767", " Aproximadamente 15 unidades de rádio a pilha e 1 caixa de sm.")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93766", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93766", " Aproximadamente 20 unidades de canos galvanizados e calhas para lampada de Led. ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>375,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93760", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93760", " Churrasqueira Eletrica arke 220v.")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>390,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93765", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93765", " Pias, caixas de descarga, assentos. Aprox. 8 peças.")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>320,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93768", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93768", " Base de mesa carraro ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93758", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93758", " Base de mesa carraro ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93759", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93759", " Base de mesa Bistrô")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93761", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93761", " Gaveteiro Kapesberg na caixa fechada. ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93762", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93762", " Gaveteiro Kapesberg na caixa fechada. ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93764", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93764", " Gaveteiro Kapesberg na caixa fechada. ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93769", "019")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93769", " 1 Freezer horizontal funcionando 220v ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93771", "020")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93771", " 1 Freezer horizontal funcionando 220v ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93770", "021")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93770", " 1 Freezer horizontal funcionando 220v ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93772", "022")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93772", " 2 Freezers  horizontal funcionando 220v")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93776", "024")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93776", "1 Bebedouro (no estado)")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93777", "025")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93777", "Drone Swell Pro 3 (sem baterias ) não testado")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93702", "300")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93702", " 2 lavadoras de alta pressão")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93705", "301")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93705", " 2 lavadoras de alta pressão")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93703", "302")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93703", " 2 lavadoras de alta pressão")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93756", "303")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93756", "MÁQUINA DE SORVETE EXPRESSO E MILKSHAKE 220 MONOFASICA")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93699", "305")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93699", " 2 lavadoras de alta pressão")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93700", "306")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93700", " 2 lavadoras de alta pressão")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93743", "307")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93743", " 2 painéis de led 1.20")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93701", "309")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93701", " 2 lavadoras de alta pressão")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93704", "310")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93704", " 2 lavadoras de alta pressão")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93716", "311")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93716", " Bomba multi estágios")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93706", "313")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93706", " Prensa 1.75 x 4.00")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93710", "314")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93710", " Moinho de pão inox")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93744", "315")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93744", " Bocal para moedor com acessórios")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93737", "316")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93737", " Torneira gourmet")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93715", "317")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93715", " Fogão industrial 6 bocas e forno")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93714", "318")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93714", " Lavadora de louças")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93742", "319")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93742", " Ventilador de teto 110 v")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93745", "320")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93745", " Máquina de massas - bela pasta Philco 220 Volts")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93739", "321")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93739", " 2  aquecedores -Ventilador 110 v ")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93741", "323")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93741", " 2  aquecedores -Ventilador 110 v ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93738", "324")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93738", " 5 polias de ferro")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93740", "325")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93740", " Par de auto falantes")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93755", "327")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93755", " 2 bebedouros e 2 purificadores de água")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93746", "329")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93746", " Ar condicionado split 60.000 btus 220 trifásico. Equipamento já desinstalado")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93750", "330")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93750", " ventiladores e peças")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93747", "331")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93747", " Dois motores para piscina com mangueiras")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93749", "334")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93749", " 1 Luminária dupla pra jardim  (Completo conforme a ilustração, não acompanha poste) Produto sem uso.")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93752", "335")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93752", " 1 Luminária dupla pra jardim  (Completo conforme a ilustração, não acompanha poste) Produto sem uso.")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93748", "336")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93748", " 1 Luminária dupla pra jardim  (Completo conforme a ilustração, não acompanha poste) Produto sem uso.")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93773", "400")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93773", "Barco de fibra c/ motor de rabeta, 2 remos e 3 carretilhas  ")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93774", "401")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93774", "2 roupas de neopreme longa")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93672", "403")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93672", " 24 unidades de meias térmicas infantil antiderrapante sem uso, cores sortidas. ")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93708", "404")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93708", "1 CONJUNTO PARA CHURRASCO DE 14 PEÇAS E SUPORTE ")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>130,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93707", "405")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93707", " CONJUNTO PARA CHURRASCO DE 14 PEÇAS E SUPORTE")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>130,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94066", "406")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94066", " CONJUNTO PARA CHURRASCO DE 14 PEÇAS E SUPORTE")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>130,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94067", "407")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94067", " CONJUNTO PARA CHURRASCO DE 14 PEÇAS E SUPORTE")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>130,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93669", "413")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93669", " 24 unidades de meias térmicas infantil antiderrapante sem uso, cores sortidas. ")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93603", "414")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93603", " Mesa de jantar de 1,50m com 4 cadeiras")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93612", "415")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93612", " Mesa de jantar de 1,60m com 4 cadeiras")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93667", "416")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93667", " 24 unidades de meias térmicas infantil antiderrapante sem uso, cores sortidas. ")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93602", "418")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93602", " Porta câmara. Medidas 0,95 X 1,18m. Com 3 aberturas. Em inox")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93608", "419")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93608", " Mesa de trabalho quadrada")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93680", "420")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93680", " 24 unidades de meias térmicas infantil antiderrapante sem uso, cores sortidas. ")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93606", "422")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93606", " Lote prateleiras de aço. Partes e peças sortidas. Vários modelos")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93610", "423")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93610", " 1 máquinas de gelo ")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94068", "424")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94068", " 1 máquinas de gelo ")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93611", "425")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93611", " Máquina de estampa quente para gravação em couro. Papel baixo relevo")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93666", "427")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93666", " 24 unidades de meias térmicas infantil antiderrapante sem uso, cores sortidas. ")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93605", "428")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93605", " 2 unidades Expositor retrátil de caixas")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>220,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93607", "429")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93607", " Serra fita para carnes. Mesa móvel. Funcionando")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93604", "430")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93604", "Máquina para Madeira")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93653", "431")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93653", " 4 rodas ferro aro 14")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93613", "432")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93613", " Máquina Risomat semi automática de corte de papel isolante (poliéster) para isolamento de motores e transformadores")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93654", "435")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93654", " 2 panelas de pressão 4.5 lts e bebedouro para garrafão")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>220,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93655", "437")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93655", " Torneiras, boias, peças e partes de registros e conexões de água")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93656", "442")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93656", " 16 unidades  gorros infantil sem uso")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93673", "443")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93673", " 16 unidades  gorros infantil sem uso")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93609", "444")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93609", " Embaladora termo encolhivel 40x40")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93689", "446")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93689", " 3 geladeiras duplex. Para reparos")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93674", "460")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93674", " Aspirador e suporte pra tv ")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93614", "461")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93614", " 5 rolos de papel tipo presente 1 lado branco 1 lado marca aprox.40 kgs ")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93617", "464")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93617", " 5 rolos de papel tipo presente 1 lado branco 1 lado marca aprox.40 kgs ")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93588", "465")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93588", "TURBINA WEG")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93616", "467")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93616", " 5 rolos de papel tipo presente 1 lado branco 1 lado marca aprox.40 kgs ")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93662", "471")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93662", " Sucata de 6 ventiladores ")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93619", "473")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93619", " Climatizador e purificador")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93593", "475")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93593", " Aprox. 15 itens de ferramentas: peças, partes, tripé skill, cortador de pisos, maletas, partes de maletas etc ")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93587", "476")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93587", " Desbobinadeira de chapa com caixa de redução")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93591", "480")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93591", " Moinho triturador de cobre e mesa garimpadora ")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93589", "481")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93589", " Injetora de poliuretano. Para reparo")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93585", "482")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93585", " Batedeira industrial sem tacho e sem acessórios. Para reparo")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93676", "483")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93676", " Cooler de bebidas da coca antigo original ")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93586", "487")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93586", " tripé bosch, cortador de pisos irwin, e aprox. 13 ferramentas e materiais sortidos")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93594", "488")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93594", " sucata de forno elétrico e fatiadora de pães")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93595", "489")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93595", "Serra copo e trena. Possui avaria")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93597", "490")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93597", " Réplica artesanal em madeira de Moto Harley. 40 cm.")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93596", "491")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93596", " Réplica artesanal em madeira de Moto Indian 1941. 40 cm")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93599", "498")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93599", "Retroescavadeira em madeira (1 metro comprimento ela aberta ) articulada - toda envernizada")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93600", "499")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93600", "Retroescavadeira em madeira (1 metro comprimento ela aberta ) articulada - toda envernizada")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93621", "504")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93621", " Split 18.000 (no estado)")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93620", "506")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93620", " Split-1 condensadora 18.000 e 2 evaporadoras 9.000/12.000")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93624", "507")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93624", " Maquina de gelo (sem teste)")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93628", "508")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93628", " Máquina de café")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93622", "509")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93622", " Duas enceradeiras antigas")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93627", "510")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93627", " aparelhos de Dvds (no estado) ")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93626", "512")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93626", " Vulcanizadora de câmara de ar")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93630", "513")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93630", " Geladeira side by side pra reparos (com os acessórios )")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93625", "514")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93625", " Lava e seca para reparo")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93629", "515")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93629", " Forno duplo combinado e rotatório elétrico")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93631", "527")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93631", " 15 telefones com e sem fio")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93623", "528")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93623", " Aprox.50 unidades sucata de térmicas")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93632", "537")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93632", " Aprox .10 nichos decorativos modelos variados")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93633", "539")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93633", " Máquina para cortar chapa automática funcionado")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93634", "547")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93634", " 1 vídeo porteiro  2 babá eletrônica Wi-Fi Philco")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93636", "548")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93636", " Inalador respira max ")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93638", "557")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93638", " Compressor")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93637", "558")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93637", " Climatizador comercial joape")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93635", "561")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93635", " Cafeteira circular dolce gusto voltagem 110 v funcionando")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93641", "562")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93641", " Impressora xp-241")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93639", "563")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93639", " 2 note 8 teclados")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93643", "564")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93643", " Compressor 20 pés")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93640", "566")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93640", " Cafeteira Delonghy e torradeira")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93645", "567")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93645", " Aprox.15 Cartuchos de tinta")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93644", "569")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93644", " Forno e panificadora ")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93642", "571")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93642", " Aprox.20 itens ferramentas diversas... trenas, nível, escova de aço")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93648", "584")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93648", " ferro de passar roupas 110v (10 unidades)")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93651", "585")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93651", " Aproximadamente 100 máscaras")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>230,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93652", "586")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93652", " 4 Adegas para reparo")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93646", "592")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93646", " Sucata de 50 jarras  elétricas ")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93647", "593")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93647", " 3 estabilizadores Enfermax 500 va")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93649", "594")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93649", " 1 estabilizador de 1.000 va ")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93681", "597")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93681", " 15 unidades  base do copo liquidificador Arno clic lav ")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93688", "600")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93688", " 30 rolos de etiqueta adesiva papel couchê 5 x10 cm ,com picote")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93683", "601")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93683", " .2 abajur de mesa")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93687", "604")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93687", " 2 aparelhos de DVD ")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93685", "609")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93685", " Bomba d’água de recalque em inox 5 hp trifásica funcionando")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93690", "610")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93690", " Liquidificador industrial 8 litros")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93697", "612")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93697", " Mini system hi-fi fx30")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93696", "613")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93696", " Micro system sharp 160 w")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93694", "614")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93694", " Duas caixas de som samsung")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93695", "615")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93695", " 4 caixas de som lg")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93691", "616")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93691", " Duas caixas de som Toshiba")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93692", "617")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93692", " Duas  caixas de som giga ")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93698", "618")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93698", " 2 caixas de som Samsung ")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93693", "619")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93693", " 3 caixas de som -Samsung-lg-Philips")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93717", "623")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93717", "Freezer vertical")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93718", "625")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93718", "4 micro ondas")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93720", "626")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93720", " Compressor wayne 60 pés")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93719", "627")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93719", " Bomba d’água de pressão")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93725", "628")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93725", " 10 bandejas inox  ")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93727", "629")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93727", " 10 bandejas inox ")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93724", "630")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93724", " 10 bandejas inox  ")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93723", "631")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93723", " Câmara fria sem motor")</f>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
-      <c r="A164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93726", "632")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93726", " 4 bebedouros sucata ")</f>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93728", "633")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93728", " 4 cadeiras ")</f>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
-      <c r="A166" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93721", "634")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93721", " Arqueadora de caixas")</f>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
-      <c r="A167" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93729", "635")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93729", " Sucata de 10 bebedouros")</f>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
-      <c r="A168" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93722", "636")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93722", " Sucata de 4 bebedouros")</f>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
-      <c r="A169" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93736", "638")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93736", " Purificador de água")</f>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
-      <c r="A170" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93732", "639")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93732", " Aproximadamente 20 lavadoras de alta pressão  (no estado ) ")</f>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
-      <c r="A171" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93734", "640")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93734", " Perfuradora de papel elétrica")</f>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
-      <c r="A172" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93733", "641")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93733", " Marcador elétrico")</f>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
-      <c r="A173" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93731", "642")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93731", " Câmara fria resfriados completa (está desmontada)")</f>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
-      <c r="A174" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93735", "643")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93735", " Projetor  de slide no estado")</f>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
-      <c r="A175" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94763", "644")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94763", "1 Bomba pressurizadora mb63 texius")</f>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
-      <c r="A176" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94764", "645")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94764", "1 Bomba pressurizadora -com fluxostato")</f>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
-      <c r="A177" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94765", "646")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94765", "Junker Bosch Geh 325")</f>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
-      <c r="A178" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94766", "647")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94766", "1 Bebedouro para bambona")</f>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
-      <c r="A179" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94767", "648")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94767", "Junker gwh 325 Bosch")</f>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
-      <c r="A180" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94832", "649")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94832", " Junker gwh 325")</f>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
-      <c r="A181" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94833", "650")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94833", " Junker gwh 160 Bosch")</f>
       </c>
       <c r="C181" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t>290,00</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
-      <c r="A182" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94840", "651")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94840", " 20 regulador de gás")</f>
       </c>
       <c r="C182" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
-      <c r="A183" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94841", "652")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94841", " 10 luminárias de emergência ")</f>
       </c>
       <c r="C183" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t>130,00</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
-      <c r="A184" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94850", "653")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94850", " 10 luminárias de emergência ")</f>
       </c>
       <c r="C184" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t>130,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
-      <c r="A185" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94834", "654")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94834", " 3 molduras para espelho 55x85")</f>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
-      <c r="A186" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94845", "655")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94845", " 2 Vending Machine")</f>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
-      <c r="A187" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94842", "656")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94842", " Balcão confeitaria inox")</f>
       </c>
       <c r="C187" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
-      <c r="A188" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94837", "657")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94837", " Cervejeiro revisado")</f>
       </c>
       <c r="C188" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
-      <c r="A189" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94838", "658")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94838", " Sucata de Condensadoras")</f>
       </c>
       <c r="C189" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
-      <c r="A190" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94843", "659")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94843", " Cama de madeira")</f>
       </c>
       <c r="C190" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
-      <c r="A191" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94851", "660")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94851", " Frigobar revisado 220 v")</f>
       </c>
       <c r="C191" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D191" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
-      <c r="A192" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94831", "661")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94831", " Máquina de chá e café")</f>
       </c>
       <c r="C192" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D192" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
-      <c r="A193" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94849", "662")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94849", " 1 Expositor")</f>
       </c>
       <c r="C193" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
-      <c r="A194" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94836", "663")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94836", " Sucata de aprox.100 chips")</f>
       </c>
       <c r="C194" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D194" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
-      <c r="A195" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94847", "664")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94847", " 1 pressurizador")</f>
       </c>
       <c r="C195" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E195" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
-      <c r="A196" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94835", "665")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94835", " 1 pressurizador")</f>
       </c>
       <c r="C196" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
-      <c r="A197" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94839", "666")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94839", " 1 pressurizador ")</f>
       </c>
       <c r="C197" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D197" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
-      <c r="A198" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94848", "667")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94848", " 1 pressurizador ")</f>
       </c>
       <c r="C198" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D198" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E198" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F198" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
-      <c r="A199" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94846", "668")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94846", " 1 pressurizador")</f>
       </c>
       <c r="C199" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D199" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E199" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
-      <c r="A200" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94844", "669")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94844", " Quadro  dos fundadores da primeira auto escola registrada no Brasil 1 de janeiro 1932 - são Cristóvão ")</f>
       </c>
       <c r="C200" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E200" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>