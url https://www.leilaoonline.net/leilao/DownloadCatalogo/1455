--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,4859 +269,4255 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96337", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96337", "[ LANCE POR GARRAFA ] 100 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96299", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96299", " Scotter Citycom 300 I. Ano 2012/13.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>5.350,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94350", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94350", "BICICLETA CALOI FÓRMULA C-3 , C/ SELETOR DE CÂMBIO DE 03 MANCHAS. RELÍQUIA PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96845", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96845", " BONECO DO FOFÃO GRANDE, ORIGINAL DE ÉPOCA , DÉCADA DE 1980 ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96296", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96296", "[ VÍDEO ] Honda Falcon 400cc. Ano 2006")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>7.900,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96375", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96375", "GM Vectra Challenge. Ano 2001. Completo. Câmbio Manual. Funcionando.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>6.100,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96298", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96298", " Caixa Térmica Grande. Possui carrinho e freio nos rodízios, tampa articulada removível, com trava em inox nas laterais.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94328", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94328", "[ VÍDEO ]  Bicicleta Monark Monareta Aro 2., Raridade da década de 1970. Relíquia p/ colecionadores.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96290", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96290", " Caixa Térmica Grande. Possui carrinho e freio nos rodízios, tampa articulada removível, com trava em inox nas laterais.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96300", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96300", " Churrasqueira Grill a gás portátil. Aço inox, 02 queimadores, reservatório para gordura, mangueira e válvula. Em funcionamento.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96294", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96294", " Reservatório em Inox para armazenar Cachaça, Vodka, Whisky ou Vinho. Totalmente artesanal (réplica de torre de Reservatório, com escada e parapeitos)")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96293", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96293", " Reservatório em Inox. Capacidade aprox. 20 Litros. Para armazenar Cachaça, Vodka, Whisky ou Vinho. Totalmente artesanal.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96291", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96291", " Reservatório de Inox. Capacidade aprox. 500 Litros. Para armazenar Cachaça, Vodka ou Água potável.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>990,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94359", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94359", " Máquina de Pegar bichinhos de Pelúcia.Antiga, p/ Colecionadores ou Restauração. Obs: Os bichos de pelúcia não fazem parte do Lote.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96652", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96652", " RELÍQUIA PARA COLECIONADORES: JAQUETA MILITAR ELVIS PRESLEY. ORIGINAL DE ÉPOCA. EM EXCELENTE ESTADO DE CONSERVAÇÃO, TOTALMENTE ORIGINAL, COM TODOS BOTÕES ORIGINAIS E AINDA É POSSÍVEL LER ACIMA DA TARGETA DO ELVIS O SHOW DE ROCK NO QUAL ESTE SUVENIR ERA VENDIDO NOS SHOWS DO REI DO ROCK. ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96847", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96847", " CHEQUE ORIGINAL 14 MESES DE ALUGUEL DO SR MADRUGA PARA O ATOR EDGAR VIVAR  (O Sr BARRIGA) DO CHAVES. ESSE CHEQUE FOI ENTREGUE NO PROGRAMA PÂNICO NA TV NO DIA 18/09/2011, É TOTALMENTE ORIGINAL E EXCLUSIVO, MEDINDO; 2,44 X 1,25 RELÍQUIA PARA COLECIONADORES, SEGUE FOTOS E VÍDEO DO DIA DA ENTREGA.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96846", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96846", "[ VÍDEOS ] Trator Fendt Farmer. Ano 1962")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>25.200,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96844", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96844", "[ VÍDEO ] MOTO HONDA SHADOW 750cc. ANO 2006")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>19.100,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94356", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94356", " Monark Monareta Dobramatic Garupão, Aro 20, Brasil de Ouro Raridade da década de 1970, Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94324", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94324", "Projeto de Caloi Cross Extra Nylon Aro 20 Quadro Seta, Rodas  Nylon Aro 20 e Jogo de Adesivos importados do E.U.A.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94318", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94318", " Monark Monareta Tandem Dupla ano 1982. Totalmente Original. Relíquia para Colecionadores.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94355", "021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94355", " MONARK TRIUNFO TIGRE DÉCADA DE 1980. ARO 20. FREIO TAMBOR, BANCO BANANA, AMORTECEDORES, SUSPENSÃO TRASEIRA ARTICULADA, RELÍQUIA PARA COLECIONADORES")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94319", "022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94319", "MONARK MONARETA GEMINI, ARO 20 PRIMEIRO MODELO DA MONARETA. INSPIRADA NO PROJETO GEMINI DA NASA DOS U.S.A, POR ISSO TEM O DISPOSITIVO DE ENGATE COM ESSE NOME. TOTALMENTE RESTAURADA. RELÍQUIA P/ COLECIONADORES.")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94352", "023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94352", "Patinete Semi Novo. P/ Adultos e Adolescentes, Relíquia, p/ Colecionadores. Rodas de Extra Nylon, freios diant e tras, designer Europeu, descanso lateral. (Em Funcionamento)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96295", "024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96295", " Bicicleta antiga. Com dínamo, farol e velocímetro")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94312", "025")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94312", "Monark Monareta Fantástica de 1974 aro 20,  C/ Celetor de 03 Marchas no Cubo Traseiro, C/ Diversos Acessórios de Época, Antiga  Relíquia p/ Colecionadores")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94299", "026")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94299", "[ LANCE POR GARRAFA ] 100 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>1.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96297", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96297", " Mala balueto em couro com alça e vários compartimentos. Impermeável para motocicletas Custom e Capacete importado do Japão para Motocicletas Custon.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94331", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94331", "[ VÍDEOS ] LOTE C / APROX. 80 MESAS E 01 BALCÃO DE ATENDIMENTO. MESAS DA DÉCADA DE 1960 / 1970 e 1980 EM MADEIRA DE LEI E METÁLICAS. DIVERSOS TAMANHOS E MODELOS, RARIDADES.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96292", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96292", " Barril de madeira de carvalho de 7 Litros. Cheio de Cachaça envelhecida.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96656", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96656", " 06 Jogos de Tapetes completos para: GM Astra, Citroen C4, Renault Clio, Renault Scenic, Fiat Uno e Gm Agile. Lacrados no Plástico. Sem uso.")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96653", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96653", " 05 Jogos de Tapetes completos para: GM Onix, Citroen C3, Peugeot 206, Toyota Etios e Fiat Uno. Lacrados no Plástico. Sem uso.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94332", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94332", "BICICLETA DOBRÁVEL ARO 20. TODA EM ALUMÍNIO RESISTENTE. SUPER, LEVE. ACOMPANHA A BOLSA.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96655", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96655", " 06 Jogos de Tapetes completos para: Honda For, GM Meriva, VW Fox, Citroen Picasso, GM cruze e Ford Ka. Lacrados no plástico. Sem uso.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96654", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96654", " 06 Jogos de Tapetes completos para: Honda Fit, VW Saveiro, Citroen Aircross, Peugeot 207, Toyota Corolla, Renault Logan. Lacrados no Plástico. Sem uso.")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97382", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97382", "[ RETIRADO ] BICICLETA TRICICLO ANTIGA. DÉCADA DE 1960.")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94283", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94283", " Bicicleta Antiga Monareta Aro 20, freio de pé, RELÍQUIA para Colecionadores.")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94358", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94358", " Monark Monareta Aro 20, Raridade da década de 1970, Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94304", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94304", " Monareta Olé 70 Primeira GeraçãoAro 20, Relíquia Totalmente Original,  década de 1970 p/ Colecionadores")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94294", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94294", " Monark Fofita  Totalmente Original aro 10, Relíquia p/ Colecionadores ou Restauração.( Até os Pneus são Pirelli originais)")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94323", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94323", " Bicicleta Monark Monareta Mirim série Brasil Ouro 73 c/ Banco Banana de Época, Relíquia p/ Colecionadores.")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97457", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97457", " Monark Tigrão ano 1972 Raridade para Colecionadores")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94308", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94308", " BICICLETA ORIGINAL. POUCO USO.")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97462", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97462", " Bicicleta Cross aro 20, aros de alumínio e mesa em alumínio., Pneus novos")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94322", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94322", " Bicicleta Antiga Pepita, Relíquia p/ Colecionadores, ( no estado).")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97464", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97464", " Antigo FreeSkate Caloi, Raridade da decada de 1990, para Colecionadores")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97463", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97463", " Monark Monareta Aro 20, Raridade para Colecionadores.")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97452", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97452", " Monark Monareta Mirim aro 14, Raridade da década de 1970, para Colecionadores")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94295", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94295", " Caloi Cross aro 20 Década de 1980 Relíquia para Colecionadores( No estado)")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97454", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97454", " Caloi 10 Jovem, aro 24 , Totalmente Original, Raridade da década de 1980,  para Colecionadores")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97453", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97453", " Caloi 10 Antiga , década de 1970, para Colecionadores")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97460", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97460", " Caloi 10 Jovem, aro 24 , Totalmente Original, Raridade da década de 1980,  para Colecionadores")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97465", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97465", " Monark Monareta medalha de Ouro , Raridade da década de 1970, Para Colecionadores")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97459", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97459", " Monark Monareta medalha de Ouro , Raridade da década de 1970, Para Colecionadores")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97461", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97461", " Monark Monareta Olé 70, Raridade da década de 1970, Para Colecionadores")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97456", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97456", " Monark Monareta Dobramatic Aro 20 Garupão, Raridade da década de 1970, para Colecionadores")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97458", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97458", " Caloi Berlineta Aro 20 Dobrável, Relíquia, para Colecionadores")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94296", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94296", " Caloi Ceci aro 26, Relíquia da p/ Colecionadores ( no Estado)")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94341", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94341", " Bicicleta Antiga Phillips Feminino aro , banco de Molas, Campainha Trim Trim, Farol , dinamo, Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94336", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94336", " Bicicleta Antiga aro 28 , Relíquia para Colecionadores,")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94302", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94302", "Monareta Kroos II Aro 20. Relíquia 100% Original, década de 1970 p/ Colecionadores. (Até pneus são originais)")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94339", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94339", " Conjunto Carrinho de Bebê e Cadeirinha automotiva , marca Hércules, Década de 1970, Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94303", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94303", " Monareta Aro 20, Relíquia década de 1970 p/ Colecionadores")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94337", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94337", " Velocípede triciclo Antigo , década de 1960 para Colecionadores")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94345", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94345", " Bicicleta Gargueira Goricke Antiga , Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94260", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94260", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94307", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94307", " BICICLETA ORIGINAL, CÂMBIO DUPLO DE MARCHA")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94287", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94287", "LOTE C/ 10 UNIDADES DE CANTIL DE BOLSO EM INOX. 240 ml CHEIOS DE VODKA. VÁRIOS MODELOS. PRODUTO ORIGINAL (SEM USO E COM AS CAIXAS INDIVIDUAIS)")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94343", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94343", " Bicicleta Monark Antiga aro 28 , Freio de pé, campainha Trim Trim, Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94306", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94306", " Caloi Ceci Totalmente Original aro 26, Relíquia da p/ Colecionadores ( no estado)")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94349", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94349", "  Motor Honda a Gasolina  4 Tempos GX 35. Para uso Diversos como: Estacionário, Bomba d'água, Gerador, Embarcações, Engenho, Roçadeiras, Régua Vibratória, Motopoda. Entre outras funções.")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94334", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94334", "BATEDOR / MISTURADOR ELÉTRICO, INDUSTRIAL ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94288", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94288", "[ VÍDEO ] LOTE C/ 10 UNIDADES DE CANTIL DE BOLSO EM INOX. 240 ml CHEIOS DE VODKA. VÁRIOS MODELOS. PRODUTO ORIGINAL (SEM USO E COM AS CAIXAS INDIVIDUAIS)")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96339", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96339", "[ LANCE POR GARRAFA ] 100 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>6,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97455", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97455", " Caloi Formula C 3 Aro 20 , Seletor de Marchas Gt-3,  Câmbio de 03 Marchas no Cubo traseiro, Banco Banana , Relíquia da década de 1980, para Colecionadores")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94309", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94309", " Caloi Ceci Totalmente Original aro 26, Relíquia da p/ Colecionadores ( no estado)")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94348", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94348", "  Motor Honda a Gasolina  4 Tempos GX 35. Para uso Diversos como: Estacionário, Bomba d'água, Gerador, Embarcações, Engenho, Roçadeiras, Régua Vibratória, Motopoda. Entre outras funções.")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94340", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94340", " Bicicleta Monark Antiga série Prata aro 26 , Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94344", "080")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94344", " Bicicleta Antiga Phillips aro 28 , banco de Molas, Campainha Trim Trim, Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94310", "081")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94310", " Monark Tropical Feminina Década de 1970 aro 26, Freio de De Pé ,Antiga  Relíquia p/ Colecionadores ( No estado)")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94342", "082")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94342", " Bicicleta  Bacini mod Corsa 18 Speed Antiga aro 27, Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94259", "083")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94259", " LOTE COM APROX. 300 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94335", "084")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94335", " Bicicleta Monark Antiga aro 28 , Freio de pé, Banco de Molas, Relíquia para Colecionadores,")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94347", "085")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94347", " Bicicleta Monark Monareta  Antiga aro 20 , Relíquia para Colecionadores,")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96338", "086")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96338", "[ LANCE POR GARRAFA ] 100 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>1.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94311", "087")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94311", " BICICLETA CALOI FORMULA C, ARO 20 , ANTIGA DÉCADA DE 1970, RARIDADE PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94285", "089")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94285", "01 Impressora Fiscal Térmica Bematech e 01 Rádio Automotivo toca CD / AM/ FM Toyota. Original.")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94270", "092")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94270", " LOTE C/ DIVERSOS FRASCOS DE GEL MARCA PHILIPS P/ LIMPEZA DE TELAS DE LED OU CELULARES.")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94315", "093")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94315", " Monark Brisa Totalmente Original aro 26, Década de 1980 Relíquia da p/ Colecionadores")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94269", "095")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94269", " APROX. 600 PROJETEIS P/ PISTOLA DE PREGAR, MARCENARIA , CALIBRE DESCRITO NAS CAIXAS.( Sem uso).")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94205", "098")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94205", " LOTE C/ 06 APARELHOS CELULAR E 45  BATERIAS , DIVERSAS MARCAS E MODELOS.")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94316", "099")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94316", " Monark Brisa Mirim  Década de 1980 aro 16, Relíquia p/ Colecionadores ( No estado)")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94314", "101")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94314", " Bicicleta Houston Foxer Original, aro 26, Duplo Comando de marchas nas Manoplas. ( No estado).")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94279", "103")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94279", " 01- Catraca Eletrônica Digital Marca Telemática Codin Catraca 9000 Toda em Metal e inox ( no estado).")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94219", "105")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94219", " Lote contendo coleção 100 unidades  de Mini-Garrafas, de bebidas originais, diversos rótulos e sabores")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94284", "106")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94284", " Lote c/ 27 Ferramentas de precisão, Marca Hugong , Limas Várias  medidas")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94280", "109")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94280", " 01- Catraca Eletrônica Digital Marca Telemática Sistemas Inteligentes  Bloqueio GB 300.Toda em Metal e Inox  ( no estado).")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94286", "112")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94286", "Painel Elétrico Profissional")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94313", "116")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94313", " Monark Monareta Década de 1980 aro 20, Relíquia p/ Colecionadores ( No estado)")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94274", "118")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94274", " LOTE C/ APROX 60 BORRACHAS SANFONADAS PARA MOTOS E CICLOMOTORES ANTIGOS.( SEM USO).")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C17" s="4" t="inlineStr">
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94281", "121")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94281", " 01- Catraca Eletrônica Digital Marca Telemática Sistemas Inteligentes  Bloqueio PD 300.Toda em Metal  ( no estado).")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94297", "122")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94297", "[ RETIRADO ] Monark BMX Pantera Freio Tambor  aro 20,  Relíquia da década de 1980 p/ Colecionadores")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94338", "124")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94338", " Bicicleta Caloi Ceci Antiga aro 26, Câmbio de marchas, cor Dourada, Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94268", "127")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94268", " LOTE C/ APROX. 160 LUVAS (Manoplas) e ALGUNS ACELERADORES ORIGINAIS DE ÉPOCA, DÉCADA DE 1980. (SEM USO). Necessidade apenas de limpeza.")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94277", "130")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94277", " LOTE C/ 01 ESCAPAMENTO DE HONDA CB 400 ANTIGA ABAFADOR CENTRAL.( No estado).")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94289", "131")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94289", "[ VÍDEO ] LOTE C/ 10 UNIDADES DE CANTIL DE BOLSO EM INOX. 240 ml CHEIOS DE VODKA. VÁRIOS MODELOS. PRODUTO ORIGINAL (SEM USO E COM AS CAIXAS INDIVIDUAIS)")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94317", "132")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94317", "Caloi Ceci aro 26, Relíquia p/ Colecionadores")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94320", "134")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94320", " Monark Monareta Aro 20,  Breque de Pé,  Relíquia p/ Colecionadores.")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94278", "135")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94278", " Jogo de Cama Antigo em Madeira Nobre c/ 09 Gavetas , Colchão Nippomag Magnetizado Terapêutico Ortopédico e 01 Mesa de Centro de madeira Nobre e tampo de vidro.")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94353", "139")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94353", "Diversos utensílios antigos p/ colecionadores, sendo: 02 Moedores (Ferro) de milho ou Café; 02 Panelas de Ferro; 02 foices; 01 Funil de Metal e 01 Bule de Ferro")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94354", "140")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94354", "02 Motores elétricos")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D17" s="4" t="inlineStr">
+      <c r="D121" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94290", "163")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94290", "[ VÍDEO ] LOTE C/ 10 UNIDADES DE CANTIL DE BOLSO EM INOX. 240 ml CHEIOS DE VODKA. VÁRIOS MODELOS. PRODUTO ORIGINAL (SEM USO E COM AS CAIXAS INDIVIDUAIS)")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D18" s="4" t="inlineStr">
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94325", "164")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94325", " Monark Brisa Totalmente Original aro 26. Década de 1980. Relíquia da p/ Colecionadores")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94327", "166")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94327", " Raridade: Bicicleta Tropical Mirim aro 22 da década de 1970. Totalmente Original. Relíquia p/ Colecionadores")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94273", "180")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94273", " LOTE ÚNICO, COM DIVERSOS ITENS.")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94329", "181")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94329", "02 PARES DE CALÇADOS. SENDO 01 PAR DE BOTAS CANO ALTO Nº 34 E 01 PAR DE SAPATO ALTO Nº 37 (MARCA ELLUS, ORIGINAL)")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94265", "187")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94265", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94218", "192")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94218", " Lote contendo coleção 100 unidades  de Mini-Garrafas, de bebidas originais, diversos rótulos e sabores")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94292", "195")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94292", " Lote com 03 transformadores e 01 junta rotativa DSTI")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94326", "196")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94326", " Bicicleta Caloi Cross Pro Neon Aro 20. 100% Original (nunca foi lavada). Década de 1990. Relíquia p/ Colecionadores")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94258", "205")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94258", " LOTE COM APROX. 200 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94282", "215")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94282", " 01- Catraca Eletrônica Digital Marca Telemática Sistemas Inteligentes  Bloqueio GB 300.Toda em Metal e Inox  ( no estado).")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94175", "247")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94175", "03 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA AMARELINHA ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94264", "250")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94264", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94291", "251")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94291", "[ VÍDEO ] LOTE C/ 10 UNIDADES DE CANTIL DE BOLSO EM INOX. 240 ml CHEIOS DE VODKA. VÁRIOS MODELOS. PRODUTO ORIGINAL (SEM USO E COM AS CAIXAS INDIVIDUAIS)")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E19" s="5" t="inlineStr">
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94276", "255")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94276", " DIVERSAS RODAS DE MOTOS ANTIGAS E GARELLI, MOBILETE.")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94271", "260")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94271", " LOTE C/ PEÇAS ANTIGAS DE MOTOS, TANQUE DE HONDA TURUNA 1980, TANQUE DE YAMAHA RX 180 ANO 1979.RODA DE HONDA CB 400 ANO 1980, PAINEL VELOCÍMETRO DE HONDA CBX 15O AERO.")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94272", "280")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94272", " LOTE C DIVERSAS PEÇAS ANTIGAS DE MOTOS, SENDO TANQUE DE YAMAHA RX 80cc, TAMPAS LATERAIS DE YAMAHA RX E CB 350 , SUSPENSÃO DIANTEIRA E BANCO DE MINI MOTO ANTIGA MINI PANTER, TAMPA LATERAL DE MONARK SACHSE OUTRAS.")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94293", "291")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94293", "Lote c/ 29 Ferramentas de precisão, marca Hugong, JE Tech Tool e Diamond files limas de várias medidas (sem uso)")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94142", "320")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94142", "Diversas churrasqueiras elétricas e Peças.")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94305", "340")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94305", "Jogo C/ 04 Pneus p/ Automóveis  Marca Pirelli 215/ 50/R17")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E20" s="5" t="inlineStr">
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94148", "365")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94148", " 30 GARRAFAS DE VINHO TINTO SUAVE. SAFRA DELVIGO. LEGÍTIMO DE SANTA CATARINA")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C21" s="4" t="inlineStr">
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94149", "370")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94149", " 30 GARRAFAS DE VINHO TINTO SECO. SAFRA DELVIGO. LEGÍTIMO DE SANTA CATARINA")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94267", "377")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94267", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94147", "380")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94147", " 30 GARRAFAS DE VINHO BRANCO SUAVE. SAFRA DELVIGO. LEGÍTIMO DE SANTA CATARINA")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94151", "390")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94151", "LOTE COM 30 GARRAFAS DE VINHO TINTO SECO.")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94150", "395")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94150", "LOTE COM 30 GARRAFAS DE VINHO TINTO SUAVE.")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94298", "400")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94298", "10 GARRAFAS DE VINHO TINTO SUAVE. 02 LITROS CADA..")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94181", "450")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94181", "03 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA PRATA ENVELHECIDA EM BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94263", "526")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94263", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94173", "552")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94173", "10 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA PRATA ENVELHECIDA EM BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94224", "563")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94224", " LOTE COM APROX. 300 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94275", "564")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94275", "DIVERSOS PARALAMAS DE MOTOS ANTIGAS, DE CG 125, YAMAHA RX 125, CICLOMOTOR ANTIGOS")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D21" s="4" t="inlineStr">
+      <c r="D153" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E21" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E22" s="5" t="inlineStr">
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94222", "574")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94222", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94145", "577")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94145", " 30 GARRAFAS DE VINHOS, TINTO SUAVE, TINTO SECO, BRANCO SUAVE, BRANCO SECO E ROSADO, SAFRA DELVIGO LEGÍTIMO, DE SANTA CATARINA")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="F23" s="4" t="inlineStr">
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94262", "581")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94262", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-[...52 lines deleted...]
-      <c r="E25" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94179", "582")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94179", "10 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA AMARELINHA ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94261", "710")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94261", " LOTE COM APROX. 300 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F25" s="4" t="inlineStr">
-[...922 lines deleted...]
-      <c r="E54" s="5" t="inlineStr">
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94266", "754")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94266", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F54" s="4" t="inlineStr">
-[...154 lines deleted...]
-      <c r="E59" s="5" t="inlineStr">
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94204", "765")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94204", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F59" s="4" t="inlineStr">
-[...543 lines deleted...]
-      <c r="F76" s="4" t="inlineStr">
+      <c r="F160" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-[...2686 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94176", "800")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94176", "03 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA AMARELINHA ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>