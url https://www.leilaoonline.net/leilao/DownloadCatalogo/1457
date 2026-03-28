--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,923 +269,811 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94057", "005")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94057", " Lote com: 1 uni. Codificadora Inkjet Willet 430")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94054", "006")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94054", "Lote com:  1 uni. Codificadora Inkjet Willet 430 - Revisada")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94052", "007")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94052", "Empacotadora Indumak - Automática")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94055", "009")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94055", " 20 Kg de 8010 Para Álcool Gel")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94050", "010")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94050", " 15 Kg de CNC Para Álcool Gel")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94056", "011")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94056", " Pegeout 206 - 1.6 Allure FX - 2008/2008 ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94058", "013")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94058", " Máquina de Sorvete Taylor 754")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94053", "014")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94053", " Lote com: Aprox. 500 Unidades de Niveladores de Piso e 1 unid. Alicate")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94051", "016")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94051", " Lote com: 3 unid. micro motores ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94049", "018")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94049", " Lote com: 4 unidades de Monitores e peças de computadores")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94509", "019")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94509", " Lote com: 6 uni. Pneus sem uso Pirelli P44 195/70/R14")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94505", "020")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94505", " Lote com: 2 uni. moto bomba sendo 1 em Inox")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94516", "021")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94516", " Compressor Schuls 140 Libras")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94521", "022")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94521", " Lote com: 2 uni. Pneus sem uso Pirelli P44 195/70/R14")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94510", "023")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94510", " Lote com: 1 uni. Elevador de Canecas com misturador Ribom blonder e 1 uni. rosca sem fim")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94518", "024")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94518", "  empacotadora Fabrima com balança")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94507", "025")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94507", "  envasadora Inox Pneumatica com 6 bicos")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94519", "026")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94519", "  gerador de enegia Motomil")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94515", "027")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94515", "  tanque de inox 1000 litros com eixo misturador Inox")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94522", "028")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94522", " Tanque Inox 50 litros com tampa")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94513", "029")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94513", " Balança Toledo 250 KG")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94520", "030")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94520", " Fechadora de Caixas de Papelão")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94517", "031")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94517", "  Esteira motorizada de Lona de 5 metros")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94508", "032")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94508", "  coletor de pó filtro manga com 5 metros de altura e exaustor sem motor e 20 metros de tubulação.")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94511", "033")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94511", "  Funil de aço carbono 2 metros")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94514", "034")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94514", " Lote com: 1 uni. balança filizola 2 kg e 1 uni. balança semi analítica")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94512", "035")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94512", "  50 Kg de 8010 Para Álcool Gel")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94506", "036")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94506", " Paleteira sem marca aparente")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>