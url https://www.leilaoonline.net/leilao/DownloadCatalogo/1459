--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,3003 +269,2631 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93954", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93954", "VALMET 885; TRAÇADO; COM CARREGADEIRA DE CANA E LENHA; BOCA GIRATÓRIA; ANO 1990")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>74.750,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93955", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93955", "TRATOR MASSEY FERGUSSON 285; ANO 1989; COM DIREÇÃO HIDROSTÁTICA E CONJUNTO DE PÁ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>48.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93956", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93956", "TRATOR VALMET 60 ID.; COM ROÇADEIRA; ANO 1970")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>65</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>19.250,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93950", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93950", "TRATOR VALMET 62 ID.; CAFEEIRO; ANO 76")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94821", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94821", "TRATOR MASSEY FERGUSSON 265; ORIGINAL; ANO ENTRE 85/87")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93957", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93957", "TRATOR CBT 8440; COM DIREÇÃO HIDRÁULICA; ANO 1986")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93951", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93951", "TRATOR CBT; SEM ANO DE IDENTIFICAÇÃO; MOTOR MERCEDES")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93952", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93952", "TRATOR VALMET 60 ID.; ANO 71")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>69</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93943", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93943", "5 PÁS CARREGADEIRA, VOLVO L90F, CAT 962 G e 962 H")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>142</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>127.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93947", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93947", "BAÚ PARA CAMINHÃO TOCO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93949", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93949", "veja o vídeo!! COLHEDORA 35/20; ANO 2011 - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93958", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93958", "TRATOR VALMET KD12; ANO 1960")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>9.100,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94826", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94826", "TRATOR VALMET 600D; ANO 1968")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94823", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94823", "CONJUNTO DE IRRIGAÇÃO; MOTOR MERCEDES COM BOMBA WKL 80/7")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93953", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93953", "EMPILHADEIRA TOYOTA 2,5 TON.; OPALA 4CC GLP (NÃO ACOMPANHA O CILINDRO DE GÁS GLP)")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>79</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94822", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94822", "ARADO DE QUADRO; 2 DISCOS")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94827", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94827", "TRATOR VALMET 60 ID.; ANO 1970")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>13.750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93965", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93965", "TRATOR FORD MAJOR; SEM ANO DE IDENTIFICAÇÃO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>6.100,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93966", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93966", "TRATOR MASSEY FERGUSSON 65X; ANO 1967")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93962", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93962", "veja o vídeo!! GERADOR DE 375 KVA MOTOR ESCANIA - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>32.900,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93967", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93967", "TRATOR MASSEY FERGUSSON 65X; ANO 69/70")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93963", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93963", "TRATOR MASSEY FERGUSSON 95X; ANO 70")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93964", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93964", "TRATOR MASSEY FERGUSSON 65X; ANO 73; 3 MARCHAS")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93968", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93968", "TRATOR VALMET MODELO 68; ANO 1982 - FUNCIONANDO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93959", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93959", "30 DORMENTES DE LINHA DE TREM DE 2.4M")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94740", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94740", "3 ROÇADEIRAS TIPO TRITON; LATERAL DE 1.8M ARTICULADA POR PISTÃO; MARCA HERDER; ANO 2014")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93969", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93969", "TRATOR FORD 6600; ANO 1978 - FUNCIONANDO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93961", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93961", "veja o vídeo!! 1 GRUA DE 2 TORRES DE 12 METROS E 38 PEÇAS DE 3 METROS")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>37.250,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93960", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93960", "BRITADOR 80/50")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>122</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>77.400,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93970", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93970", "GUINDASTE HYSTER CANARINHO; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94902", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94902", "FORD 6600; ANO 80 - FUNCIONANDO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93971", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93971", "TRATOR VALMET 62 ID; ANO 1973")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94903", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94903", "TRATOR MASSEY FERGUSSON 275; ANO 93; 3 ALAVANCAS")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>57.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93972", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93972", "RETROESCAVADEIRA FIATALLIS; ANO 1994")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>105</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>33.750,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93973", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93973", "TRATOR VALMET 85 ID.; ANO 1975")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94741", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94741", "IMPLEMENTOS (2 SUBSOLADORES DE 1 HASTE; 1 DISCADOR DE 2 RUAS; 1 DESFIBRADEIRA SEM MOTORR")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95025", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95025", "RETROESCAVADEIRA 580H; ANO 1988; FREIO A DISCO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95190", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95190", "TRATOR VALMET 68; ANO 89; EMBREAGEM DUPLA; DIREÇÃO HIDRÁULICA")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95191", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95191", "CARREGADEIRA FLORESTAL: MOTOCANA; COM GIRO DE 360 GRAUS E TRATOR VALMET 110; SEM ANO DE IDENTIFICAÇÃO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94743", "041")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94743", "RECOLHEDORA DE FEIJÃO; MARCA MIAC")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93975", "042")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93975", "TRATOR CBT 1000; ANO 1972 - FUNCIONANDO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>11.750,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93976", "046")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93976", "TRATOR VALMET; MODELO 78; ANO 1984/85; COM DUPLA EMBREAGEM - FUNCIONANDO")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>65</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>36.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93979", "047")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93979", "ESCARIFICADOR; 5 HASTES; LARGO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>2.650,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93980", "048")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93980", "GRADE ARADORA; 20 DISCOS X 26; TRANSPORTE NO HIDRÁULICO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93981", "049")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93981", "GRADE ARADORA; 14 DISCOS X 26")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>5.350,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93974", "050")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93974", "FURAKAWA RACK ABERTO ENTERPRISE 45U")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93977", "051")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93977", "100 TONELADAS DE ANDAIME (PREÇO POR KG)")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93978", "052")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93978", "100 TONELADAS DE ANDAIME (PREÇO POR KG)")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93982", "053")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93982", "100 TONELADAS DE ANDAIME (PREÇO POR KG)")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93983", "054")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93983", "100 TONELADAS DE ANDAIME (PREÇO POR KG)")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93984", "055")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93984", "JETBOOD 5 LUGARES, ANO 2013 ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93989", "056")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93989", "BRITADOR CONE; 120 TS; DESMONTADO")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93990", "058")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93990", "PENEIRA VIBRATÓRIA DE 6M DE COMPRIMENTO POR 2.40 DE LARGURA; 3 DC")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93991", "061")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93991", "4 BOMBAS DE 400 CV CADA")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93993", "070")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93993", "FORD/F-250 XLT L; 2000/2000; PRATA; DIESEL; MOTOR MWM 6CC; COMPLETA")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>67.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93994", "071")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93994", "CAMINHÃO M. BENZ/L 1516; 1977/1977; AZUL; DIESEL; TURBINADO; HIDRÁULICO; FREIO A ÓLEO")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>81</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>54.500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94829", "072")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94829", "FORD/FORD F 4000; 1984/1984; VERDE; DIESEL; MOTOR FORD; CARROCERIA ABERTA - FUNCIONANDO")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94856", "073")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94856", "FORD/F4000; 1980/1980; AMARELA; DIESEL; CARROCERIA ABERTA; MOTOR MWM 226 - FUNCIONANDO")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94871", "074")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94871", "M.BENZ/L 1113; 1971/1971; AZUL; DIESEL; TURBINADO; CARROCERIA ABERTA - FUNCIONANDO")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94872", "075")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94872", "M.BENZ/L 1113; 1978/1978; AZUL; DIESEL; DIREÇÃO HIDRAULICA; CARROCERIA ABERTA - FUNCIONANDO")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>30.750,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94905", "076")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94905", "M. BENZ/L 1618; 1994/1994; VERMELHA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>110</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>77.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94694", "100")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94694", "veja o vídeo!! M.BENZ/L 1318; 2009/2009; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>103.250,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95014", "139")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95014", "LOTE COM 4 CABINES DE COLHEDEIRAS 3520")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95015", "140")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95015", "UMA CABINE DE COLHEDEIRA 3520")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95017", "141")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95017", "UMA CABINE DE COLHEDEIRA 3520")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95018", "142")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95018", "UMA CABINE DE COLHEDEIRA 3520")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95020", "143")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95020", "UMA CABINE DE COLHEDEIRA 3520")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93985", "174")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93985", "APROX. 42 TONELADAS TRILHO TR57 VENDA POR KILO (TAM. VARIADOS)")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>2,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>0.05</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93986", "175")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93986", "APROX. 42 TONELADAS TRILHO TR57 VENDA POR KILO (TAM. VARIADOS)")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>1,90</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>0.05</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93987", "176")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93987", "8 PISTÕES MEDIDAS DIVERSAS")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93988", "177")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93988", "1 LAVADORA DE PEÇAS INDUSTRIAL SUBRA")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93996", "178")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93996", "4 BOMBAS ABS TIPO AF 550-8W3 - 75 HP 60 HZ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93997", "179")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93997", "15 BOMBAS FLYGT (VER PLAQUETA NA FOTO)")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93998", "180")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93998", "5 BOMBAS KSB TIPO KRTK 350 - 420 / 806 UG 112HP")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93999", "181")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/93999", "9 BOMBAS FLYGT (VER PLAQUETA NA FOTO)")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94000", "183")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94000", "EMPILHADEIRA A GÁS YALE")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...249 lines deleted...]
-      <c r="F22" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94873", "223")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94873", "(LT123) UNIDADE CONDENSADORA GREE + EVAPORADORA")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-[...185 lines deleted...]
-      <c r="F28" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94874", "224")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94874", "(LT124) UNIDADE CONDENSADORA GREE + EVAPORADORA")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-[...569 lines deleted...]
-      <c r="F46" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94875", "225")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94875", "(LT125) UNIDADE CONDENSADORA GREE + EVAPORADORA")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-[...217 lines deleted...]
-      <c r="F53" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94876", "226")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94876", "(LT126) UNIDADE CONDENSADORA GREE + EVAPORADORA")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-[...25 lines deleted...]
-      <c r="F54" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94877", "227")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94877", "(LT127) UNIDADE CONDENSADORA GREE + EVAPORADORA")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-[...25 lines deleted...]
-      <c r="F55" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94878", "228")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94878", "(LT128) UNIDADE CONDENSADORA GREE + EVAPORADORA")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-[...564 lines deleted...]
-      <c r="E73" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94879", "229")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94879", "(LT129) UNIDADE CONDENSADORA GREE + EVAPORADORA")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F73" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E74" s="5" t="inlineStr">
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94880", "230")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94880", "(LT130) UNIDADE CONDENSADORA GREE + EVAPORADORA")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F74" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E75" s="5" t="inlineStr">
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94881", "231")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94881", "(LT131) UNIDADE CONDENSADORA FUJITSU + EVAPORADORA")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F75" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E76" s="5" t="inlineStr">
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94882", "232")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94882", "(LT132) UNIDADE CONDENSADORA FUJITSU + EVAPORADORA")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F76" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E77" s="5" t="inlineStr">
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94883", "233")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94883", "(LT133) UNIDADE CONDENSADORA FUJITSU + EVAPORADORA")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F77" s="4" t="inlineStr">
-[...122 lines deleted...]
-      <c r="E81" s="5" t="inlineStr">
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94884", "234")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94884", "(LT134) UNIDADE CONDENSADORA SPRINGER CARRIER + EVAPORADORA")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F81" s="4" t="inlineStr">
-[...186 lines deleted...]
-      <c r="E87" s="5" t="inlineStr">
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94885", "235")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94885", "(LT130A) TRANSFORMADOR")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F87" s="4" t="inlineStr">
+      <c r="F99" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-[...20 lines deleted...]
-      <c r="E88" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94886", "237")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94886", "(LT137) SECADORECOAIR MOD ED100")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F88" s="4" t="inlineStr">
+      <c r="F100" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-[...20 lines deleted...]
-      <c r="E89" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94887", "238")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94887", "(LT138) CORTINA DE AR GREE")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F89" s="4" t="inlineStr">
+      <c r="F101" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-[...20 lines deleted...]
-      <c r="E90" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94888", "239")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94888", "(LT139) COMPRESSOR ATLAS COPCO")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F90" s="4" t="inlineStr">
+      <c r="F102" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-[...382 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94889", "240")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94889", "(LT140) COMPRESSOR ATLAS COPCO")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>