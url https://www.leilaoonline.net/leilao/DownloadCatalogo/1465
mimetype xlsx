--- v0 (2025-11-15)
+++ v1 (2026-03-28)
@@ -269,3387 +269,2967 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94619", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94619", " Lote com: 10 unidades ESTAÇÃO DE SOLDA IMPORTADA - DIVERSAS")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94622", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94622", " Lote com: 10 unidades ESTAÇÃO DE SOLDA IMPORTADA - DIVERSAS")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94679", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94679", " Lote com: 7 unidades ESTAÇÃO DE SOLDA IMPORTADA - DIVERSAS")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94627", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94627", " ASOPRADOR TÉRMICO IMPORTADO - ( FUNCIONANDO )")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94633", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94633", " Lote com: 4 unidades COLETOR DE DADOS HONEYWELL 6100 - Ligando")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94626", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94626", " Lote com: 2 unidades TABLET DE ASSINATURA ELETRONICA OLIVETTI/WACON")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94660", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94660", " Lote com: 2 unidades TABLET DE ASSINATURA ELETRONICA OLIVETTI/WACON")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94636", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94636", " Lote com: 2 unidades TABLET DE ASSINATURA ELETRONICA OLIVETTI/WACON")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94677", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94677", " Lote com: 2 unidades TABLET DE ASSINATURA ELETRONICA OLIVETTI/WACON")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94661", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94661", " Lote com: 2 unidades SMALL BUSINESS CISCO SPA 8800")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94666", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94666", "ACESS POINT CISCO AIR CAP18321-2-K9")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94620", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94620", "ACESS POINT CISCO AIR CAP18321-2-K9")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94623", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94623", "ACESS POINT CISCO AIR CAP18321-2-K9")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94659", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94659", " ACESS POINT CISCO AIR CAP-17021-2-K9")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94650", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94650", " Lote com: 50 unidades CABO DE VÍDEO (TRADICIONAL)")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94613", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94613", " Lote com: 8 unidades CHUVEIROS HYDRA - DIVERSOS ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94656", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94656", " Lote com: 8 unidades  CHUVEIROS LORENZETTI/CORONA")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94678", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94678", " SERVIDOR HP WORKSTATION XW 8200")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94621", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94621", " SERVIDOR HP WORKSTATION XW 4550")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94658", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94658", " Lote com: 10 unidades MONITORES DIVERSOS TAMANHOS E MARCAS/ LIGANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94614", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94614", " Lote com: 2 unidades IMPRESSORA NÃO FISCAL DIEBOLD DUAL PRINTER ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>60,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94680", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94680", " Lote com: 2 unidades IMPRESSORA NÃO FISCAL DIEBOLD DUAL PRINTER ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>60,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94609", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94609", " Lote com: 2 unidades IMPRESSORA NÃO FISCAL DIEBOLD DUAL PRINTER")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>60,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94607", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94607", " Lote com: 2 unidades IMPRESSORA NÃO FISCAL DIEBOLD DUAL PRINTER ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>60,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94637", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94637", " Lote com: 2 unidades IMPRESSORA TÉRMICA NÃO FISCAL PERTO PRINTER AUTENTICADORA ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94645", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94645", " IMPRESSORA DE ETIQUETAS ZEBRA GC 420T ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94669", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94669", " Lote com: 2 unidades IMPRESSORA TÉRMICA NÃO FISCAL DIEBOLD IM433TD")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94668", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94668", " Lote com: 2 unidades IMPRESSORA TÉRMICA NÃO FISCAL DIEBOLD IM433TD")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94618", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94618", " Lote com: 2 unidades IMPRESSORA TÉRMICA NÃO FISCAL DIEBOLD IM433TD")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94670", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94670", " Lote com: 5 unidades MINI CPUS NEOWARE DIVERSAS CONFIGURAÇÕES")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94654", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94654", " Lote com: 2 unidades RELÓGIO PONTO DIMEP")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94641", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94641", " Lote com: 3 unidades RELÓGIO PONTO CONTROL ID")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94671", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94671", " Lote com: 3 unidades TELEFONES PARA AUDIO-CONFERÊNCIA  - AETHA/CLEAR ONE MAX")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94608", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94608", " Lote com: 50 unidades HDS DIVERSOS ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94682", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94682", " Lote com: 18 unidades HDS TESTADOS - 9 uni. DE 500 GB PARA NOTE -6 uni. DE 500GB PARA DESKTOP -3 uni. DE 320GB PARA DESKTOP")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94644", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94644", " Lote com: 2 unidades FILTROS PARA PISCINA - 1 uni. KOMECO TP 825 - 1 uni. VEICO CAP 50 UF/250 VAC")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94634", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94634", " PABX PHILIPS SOPHO ES 150 - Ligando")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94664", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94664", " PABX PHILIPS SOPHO ES 150 - Ligando")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94602", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94602", " PABX PHILIPS SOPHO ES 150 - Ligando")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94662", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94662", " PABX PHILIPS SOPHO ES 150 - Ligando")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94667", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94667", " PABX PHILIPS SOPHO ES 150 - Ligando")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94629", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94629", " PABX PHILIPS SOPHO ES 150 - Ligando")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94652", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94652", " PABX PHILIPS SOPHO ES 150 - Ligando")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94642", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94642", " PABX PHILIPS SOPHO ES 150 - Ligando")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94612", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94612", " Lote com: 20 unidades ADAPTADOR VGA/HDMI - Sem uso -  NA EMBALAGEM")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94603", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94603", " Lote com: 20 unidades ADAPTADOR VGA/HDMI - Sem uso -  NA EMBALAGEM")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94646", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94646", " Lote com: 20 unidades ADAPTADOR VGA/HDMI - Sem uso -  NA EMBALAGEM")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94673", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94673", " Lote com: 20 unidades ADAPTADOR VGA/HDMI - Sem uso -  NA EMBALAGEM")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94647", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94647", " Lote com: 20 unidades ADAPTADOR VGA/HDMI - Sem uso -  NA EMBALAGEM")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94628", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94628", " Lote com: 20 unidades ADAPTADOR VGA/HDMI - Sem uso -  NA EMBALAGEM")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94624", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94624", " Lote com: 20 unidades ADAPTADOR VGA/HDMI - Sem uso -  NA EMBALAGEM")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94616", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94616", " Lote com: 20 unidades ADAPTADOR VGA/HDMI - Sem uso -  NA EMBALAGEM")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94643", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94643", " Lote com: 20 unidades ADAPTADOR VGA/HDMI - Sem uso -  NA EMBALAGEM")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94638", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94638", " Lote com: 1 uni. CISCO 2800 SERIES - 1 uni. 2960 CATALIST PLUS SERIES - 1 uni. 1800 SERIES ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94631", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94631", " Lote com:  1 uni.  DELL POWER CONECT RPS 720  - 5 uni. DELL POWER CONECT RPS 600")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94604", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94604", " PROJETOR EPSON MODELO EMP 1705 - ligando")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94675", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94675", " Lote com: 4 uni. SWITCHS D-LINK  - 1 uni. 18 PORTAS - 3 uni. 24 PORTAS - testados")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94663", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94663", " Lote com: 5 uni. SWITCHS 3 COM - DIVERSOS - 24 portas - testados ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94651", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94651", " Lote com: 4 uni. SWITCHS D-NET/PLANET - diversos ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94674", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94674", " MONITOR DE SATURAÇÃO DE OXIGÊNIO TERUMO CDI 100")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94665", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94665", " NO BREAK CSELETRO - 3Kva")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94632", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94632", " NO BREAK CSZIGOR  - 3Kva")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94681", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94681", " Lote com: 20 unidades CABO 18 PINOS DVI 1/1 - NA EMBALAGEM")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94639", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94639", " Lote com: 20 unidades CABO 18 PINOS DVI 1/1 - NA EMBALAGEM")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94649", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94649", " Lote com: 20 unidades CABO 18 PINOS DVI 1/1 - NA EMBALAGEM")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94676", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94676", " Lote com: 20 unidades CABO 18 PINOS DVI 1/1 - NA EMBALAGEM")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94625", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94625", " Lote com: 20 unidades CABO 18 PINOS DVI 1/1 - NA EMBALAGEM")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94606", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94606", " Lote com: 2 uni. CARTÃO PONTO INOVA/TASK FUNCIOANDO")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94610", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94610", " Lote com: 2 uni. MEDIA CONVERTER CHASSIS /PLANET MODELO MC 1500R")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94657", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94657", " DIGITAL RÁDIO 4X2 CLEAR WAVE 400 - Ligando")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94600", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94600", " Lote com: 3 unidades NET BUFFER PLUS DIRECTION")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94617", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94617", " Lote com: 2 conjuntos - ALARME COMERCIAL(ANTI FURTO) ANTENA ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94640", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94640", " Lote com: 2 conjuntos - ALARME COMERCIAL(ANTI FURTO) ANTENA ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94653", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94653", " Lote com: 2 conjuntos - ALARME COMERCIAL(ANTI FURTO) ANTENA ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94615", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94615", " Lote com: 2 conjuntos - ALARME COMERCIAL(ANTI FURTO) ANTENA ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94672", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94672", " Lote com: 2 conjuntos - ALARME COMERCIAL(ANTI FURTO) ANTENA ")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94630", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94630", " PAINEL SAMSUNG PROFISSIONAL 2,5MM LED VÍDEO - Ligando")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94655", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94655", " Lote com: 2 uni. DETECTOR DE METAIS CÉIA SLIM LINE")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94648", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94648", " CAMERA PROFISSIONAL PARA VÍDEO CONFERENCIA TANDBERG")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94611", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94611", " Lote com: 1 uni. MODEM VIA SATÉLITE VIASAT - 1 uni. LEITOR BIOMÉTRICO CIS V421-NC")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94683", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94683", " Lote com: 1000 unidades CABIDES DIVERSOS PARA VESTUÁRIO ")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94687", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94687", " Lote com: 1000 unidades CABIDES DIVERSOS PARA VESTUÁRIO ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94599", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94599", " Lote com: 1000 unidades CABIDES DIVERSOS PARA VESTUÁRIO ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94605", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94605", " Lote com: 1000 unidades CABIDES DIVERSOS PARA VESTUÁRIO ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94635", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94635", " Lote com: 1000 unidades CABIDES DIVERSOS PARA VESTUÁRIO ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94688", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94688", " Lote com: 1000 unidades CABIDES DIVERSOS PARA VESTUÁRIO ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94685", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94685", " Lote com: 1000 unidades CABIDES DIVERSOS PARA VESTUÁRIO ")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94684", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94684", " Lote com: 1000 unidades CABIDES DIVERSOS PARA VESTUÁRIO ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94686", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94686", " Lote com: 1000 unidades CABIDES DIVERSOS PARA VESTUÁRIO ")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94601", "090")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/94601", " Lote com: 1000 unidades CABIDES DIVERSOS PARA VESTUÁRIO ")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95174", "091")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95174", "Lote com: 3 unidades BATERIAS ESTACIONÁRIA HELIAR FREEDOOM DF500 (BOAS)")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...36 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95175", "092")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95175", "Lote com: 10 unidades de Notebooks e 3 unidades de Nets - Diversos ")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95192", "093")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95192", "Lote com: Impressora de fotos HP Photosmart 420 e Contador de Cédula FRT")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95193", "094")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95193", "Lote com: 5 baterias ( boas ) ")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96286", "095")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96286", "Lote com: 10 unidades de baterias para respirador pulmonar Maquet - recarregáveis ")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...176 lines deleted...]
-      <c r="C21" s="4" t="inlineStr">
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96287", "096")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96287", "Lote com: 10 unidades de baterias para respirador pulmonar Maquet - recarregáveis ")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96288", "097")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96288", "Lote com: 50 monitores diversos - Para peças")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D21" s="4" t="inlineStr">
+      <c r="D107" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E21" s="5" t="inlineStr">
-[...287 lines deleted...]
-      <c r="E30" s="5" t="inlineStr">
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96744", "098")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96744", "Lote com: 2 unidades aparelhos de Vídeo Conferência Polycom V500 - Ligando")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F30" s="4" t="inlineStr">
-[...2394 lines deleted...]
-      <c r="E105" s="5" t="inlineStr">
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96745", "099")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96745", "Eid Antena Tru- Test xrp1")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
-      <c r="F105" s="4" t="inlineStr">
-[...126 lines deleted...]
-      </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97383", "100")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97383", "Lote com: 200 camisas Aduana e Vitorino - Diversas")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>5.900,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97384", "101")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97384", "Lote com: 200 camisas Aduana e Vitorino - Diversas")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>5.900,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97385", "102")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97385", "Lote com: 200 camisas Aduana e Vitorino - Diversas")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>5.900,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97386", "103")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97386", "Lote com: 200 camisas Aduana e Vitorino - Diversas")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>5.900,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97387", "104")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97387", "Lote com: 200 camisas Aduana e Vitorino - Diversas")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>5.900,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97421", "105")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97421", "Intelex American Dinâmics DVR modelo Add60ALTPV 050")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>