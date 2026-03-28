--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,3899 +269,3415 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95341", "156")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95341", "CARREGADEIRA MASSEY FERG. 290 S CAR, ANO 1985, FR4200126, ( OBS. FAZER MOTOR) LOC.PARAGUAÇU PAULISTA ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>69.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95340", "157")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95340", "TRATOR VALTRA BM 125 I, ANO 2012, FR4200352 ( CAMBIO E EIXO DIANTEIRO QUEBRADO) LOC. PARAGUAÇU PAULISTA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>83</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>122.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95339", "158")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95339", "TRATOR VALTRA BM 125 I, ANO 2013, FR4200544  ( CAMBIO QUEBRADO) LOC. PARAGUAÇU PAULISTA")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>116.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95342", "160")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95342", " TRATOR MASSEY FERGUSON 292 4X4, ANO 1999, FR4200088, LOC.PARAGUAÇU PAULISTA ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>77.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95345", "161")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95345", "TRATOR VALTRA BH 180, ANO 2014, FR4200564, LOC.PARAGUAÇU PAULISTA ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>93</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>159.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95346", "162")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95346", " TRATOR VALTRA BH 180, ANO 2014, FR4200565,( FAZER MOTOR)  LOC.PARAGUAÇU PAULISTA ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>86</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>139.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95343", "163")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95343", " TRATOR VALTRA BH 180, ANO 2013, FR4200566, ( DIFERENCIAL DIANTEIRO) LOC. PARAGUAÇU PAULISTA ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>74</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>121.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95344", "164")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95344", " TRATOR MASSEY FERGUSON 283 S, ANO 1995, FR4200025, ( FREIO TRASEIRO) LOC. PARAGUAÇU PAULISTA  ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>60.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95348", "165")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95348", " TRATOR VALTRA BH 180, ANO 2013, FR4200558, LOC. PARAGUAÇU PAULISTA ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>89</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>147.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95347", "166")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95347", " CARREGADEIRA VALTRA BM 100 CAR, ANO 2012, FR4200464,  CAMBIO, MOTOR ,CABINE, LOC. PARAGUAÇU PAULISTA  ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>97.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95350", "167")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95350", "TRANSBORDO VT-10 SANTAL CANA PICADA, ANO 2010, FR4401234, LOC. PARAGUAÇU PAULISTA ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95351", "168")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95351", "TRANSBORDO TAC 9500 CIVVEMASA CANA PICADA, ANO 2006, FR4400506, LOC.PARAGUAÇU PAULISTA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95352", "169")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95352", "TRANSBORDO CANA PICADA TAC 9500 CIVEMASA, ANO 2006, FR4400508, LOC. PARAGUAÇU PAULISTA ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95940", "172")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95940", "03 VOLANDEIRAS C/ EIXO, DENTE RETO DO ACIONAMENTO , SF , LOC. PARAGUAÇU PAULISTA ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95249", "173")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95249", " 8 CAIXAS MANCAL SUPERIOR MOENDA 66' E 54` , SF. LOC. PARAGUAÇU PAULISTA")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95250", "175")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95250", " 07 EIXOS - VEJA ESPECIFICAÇÕES DO LOTE , LOC. PARAGUAÇU PAULISTA ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95248", "176")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95248", "03- PINHAO DIVERSOS, VEJA ABAIXO ESPECIFICAÇÕES,  SF., LOC. PARAGUAÇU PAULISTA ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95338", "177")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95338", " LOTE DE SUCATA MÁQUINA DE SOLDA, SF, LOC. NARANDIBA  ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95316", "178")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95316", " TRANSBORDO CANA PICADA, ANO 2007, FR4400719, LOC. NARANDIBA ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95257", "179")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95257", " GRADE ARADORA  N. CIVEMASA 52X22, PESADA DE ARRASTO EQUIPADA , ANO 2013, FR4401374, LOC. NARANDIBA  ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95259", "180")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95259", " GRADE ARADORA N. CIVEMASA 52X22, PESADA DE ARRASTO EQUIPADA , FR4401375, LOC.NARANDIBA ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95319", "181")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95319", "GRADE A.I CIVEMASA 40x28, ARADORA PESADA DE ARRASTO EQUIPADA , ANO 2007, FR4400225, ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95273", "182")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95273", " GRADE A.I - TATU 30x28, ARADORA PESADA DE ARRASTO EQUIPADA , ANO 1992, FR4400002, LOC. NARANDIBA ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95322", "183")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95322", " GRADE N. CIVEMASA 52x22, ARADORA PESADA DE ARRASTO EQUIPADA , ANO 2006, FR4400193, LOC.NARANDIBA ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95274", "184")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95274", " CULTIVADOR PALHA 3 LINHAS SOLLUS, ANO 2009, FR4400892, LOC. NARANDIBA ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95267", "185")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95267", " CULTIVADOR ADUBADOR SOLLUS 3 LINHAS, ANO 2010, FR4400948, LOC. NARANDIBA  ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95326", "186")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95326", " SULCADOR 3 LINHAS SOLLUS, ANO 2008, FR4400814, LOC. NARANBIDA ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95277", "187")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95277", " CULTIVADOR ADUBADOR SOLLUS 3 LINHAS, ANO 2006, FR4400218, LOC. NARANDIBA ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95325", "188")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95325", " CULTIVADOR ADUBADOR SOLLUS 3 LINHAS, ANO 2006, FR4400217, LOC. NARANDIBA ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95328", "189")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95328", " CULTIVADOR ADUBADOR SOLLUS 3 LINHAS, ANO 2009, FR4400893, LOC. NARANDIBA ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95305", "190")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95305", " TRANSBORDO CANA PICADA, ANO 2008, FR4400818, LOC. NARANDIBA ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95311", "191")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95311", " TRANSBORDO CANA PICADA, ANO 2007, FR4400718, LOC. NARANDIBA ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95266", "192")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95266", " TRANSBORDO CANA PICADA, ANO 2008, FR4400834, LOC. NARANDIBA ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95307", "193")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95307", " TRANSBORDO CANA PICADA, ANO 2007, FR 4400550, LOC. NARANDIBA ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95309", "194")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95309", " TRANSBORDO CANA PICADA, ANO 2014, FR4401988, LOC. NARANDIBA")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95308", "195")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95308", " TRANSBORDO CANA PICADA, ANO 2014, FR4401987, LOC.NARANDIBA")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95310", "196")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95310", " TRANSBORDO CANA PICADA, ANO 2012, FR4401307,  LOC. NARANDIBA ")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95317", "197")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95317", " TRANSBORDO CANA PICADA, ANO 2012, FR4401254, LOC. NARANDIBA ")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95312", "198")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95312", " TRANSBORDO CANA PICADA, ANO 2012, FR4401318, LOC. NARANDIBA ")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95302", "199")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95302", " TRANSBORDO CANA PICADA, ANO 2010, FR4400929, LOC.NARANDIBA ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95314", "200")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95314", " TRANSBORDO CANA PICADA, ANO 2011, FR4401041, LOC. NARANDIBA ")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95313", "201")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95313", " TRANSBORDO CANA PICADA, ANO 2011, FR4401009, LOC. NARANDIBA ")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95315", "202")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95315", " TRANSBORDO CANA PICADA, ANO 2012, FR4401311, LOC. NARANDIBA ")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95279", "203")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95279", "PREPARADOR MINIMO D SOLO, ANO 2013, FR4401392, LOC. NARANDIBA ")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95281", "204")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95281", "PREPARADOR MINIMO D SOLO, ANO 2013, FR4401389, LOC.NARANDIBA ")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95297", "205")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95297", " TRANSBORDO CANA PICADA, ANO 2012, FR4401308 , LOC.NARANDIBA ")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95296", "206")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95296", " TRATOR VALTRA MODELO BH 180 4X4, ANO 2014, FR4200570, LOC. NARANBIDA ")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>87</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>152.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95256", "207")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95256", " TRATOR VALTRA 700, ( SUCATA ) ANO 2006, FR4200005, LOC.NARANDIBA ")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>83.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95291", "208")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95291", " TRATOR VALTRA MODELO BH 180 4X4, ANO 2014,  FR4200560. LOC. NARANDIBA ")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>89</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>154.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95300", "209")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95300", " TRATOR MASSEY FERGUSON 283 4X4, ANO 1995,  FR4200021, LOC.NARANDIBA")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>83</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>74.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95294", "210")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95294", " TRATOR VALTRA BM 125I, ANO 2013, FR4200540, LOC. NARANDIBA ")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>104</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>178.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95264", "211")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95264", " TRANSBORDO CANA PICADA, ANO 2012, FR4401310, LOC.NARANDIBA  ")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95299", "212")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95299", " TRANSBORDO CANA PICADA, ANO 2014, FR4401962, LOC. NARANDIBA ")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95265", "213")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95265", " TRANSBORDO CANA PICADA, ANO 2012, FR4401303, LOC. NARANDIBA")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95263", "214")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95263", " TRANSBORDO CANA PICADA, ANO 2012, FR4401309 , LOC.NARANDIBA ")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95303", "215")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95303", " TRANSBORDO CANA PICADA, ANO 2014, FR4401981, LOC. NARANBIDA ")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95269", "216")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95269", " TRANSBORDO CANA PICADA, ANO 2013, FR 5000124, LOC. NARANDIBA ")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95306", "217")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95306", " TRANSBORDO CANA PICADA, ANO 2013, FR5000125, LOC. NARANDIBA ")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95332", "218")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95332", " CAÇAMBA BASCULANTE 12 M4, SF, LOC. NARANDIBA ")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95301", "219")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95301", " TRATOR VALTRA MODELO BH 180 4X4, ANO 2014, FR4200562, LOC. NARANDIBA ")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>149.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95292", "220")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95292", " TRATOR VALTRA MODELO BH 180 4X4, ANO 2014, FR4200561. LOC. NARANDIBA  ")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>94</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>154.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95335", "221")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95335", " GUINCHO HIDRÁULICO 3 PONTOS, SF, LOC. NARANDIBA ")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95261", "223")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95261", " CARREGADEIRA CANA VALTRA BM 100, ANO 2012, FR4200448, LOC.NARANDIBA ")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>133.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95288", "224")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95288", " CARREGADEIRA CANA VALTRA BM 100, ANO 2012, FR4200431, LOC. NARANDIBA ")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>135.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95293", "225")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95293", "TRATOR MASSEY FERGUSON 283 4X4,ANO 1995, FR4200019, LOC.NARANDIBA")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>87.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95298", "226")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95298", " TRATOR VALTRA MODELO BH 180 4X4, ANO 2013, FR4200555, LOC. NARANDIBA ")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>154.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95260", "227")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95260", " TRATOR VALTRA BM 125I, ANO 2013, FR4200535, LOC. NARANDIBA ")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95304", "228")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95304", " TRANSBORDO CANA PICADA, ANO 2008, FR 4400850, LOC. NARANDIBA ")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95252", "229")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95252", " CARREGADEIRA CANA VALTRA BM 100, ANO 2012, FR4200434, LOC.NARANDIBA ")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>118.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95289", "230")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95289", " CARREGADEIRA CANA VALTRA BM 100, ANO 2012,  FR4200356, LOC. NARANDIBA ")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>131.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95262", "231")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95262", " CARREGADEIRA CANA VALTRA BM 100, ANO 2012, FR4200479,LOC. NARANDIBA ")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>97</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>142.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95255", "232")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95255", " CARREGADEIRA CANA VALTRA BM 100,ANO 2012, FR4200359 , LOC. NARANDIBA ")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>83</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>140.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95258", "233")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95258", " TRATOR VALTRA MODELO BH 180 4X4, ANO 2014, FR.4200563, LOC.NARANDIBA ")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>157.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95251", "234")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95251", " CARRETA DISTRIBUIDORA CALCARIO SPANDER 16.0 CHTD, ANO 2008, FR4400825, LOC. NARANDIBA ")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>6.250,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95327", "237")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95327", " COLHEDORA JOHN DEERE NW 3520, ANO 2013, FR4300077, LOC. NARANDIBA ")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95318", "238")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95318", " COLHEDORA JOHN DEERE NW 3520, ANO 2013, FR4300078, LOC. NARANDIBA ")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95280", "239")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95280", " 08 ELEVADORES DA COLHEDORAS JOHN DEERE, SF, LOC. NARANDIBA ")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95239", "240")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95239", " TRANSBORDO CANA PICADA TAC 600CIVEMASA  , ANO 2007, FR4400512, LOC.NARANDIBA")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95282", "241")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95282", " IMP. DE CARREGADEIRA COM CABINE, SF, LOC.NARANDIBA ")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95230", "242")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95230", " TRANSBORDO CANA PICADA TAC 600CIVEMASA , ANO 2007, FR4400538, LOC.NARANDIBA")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95231", "243")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95231", "TRANSBORDO CANA PICADA TAC 600CIVEMASA , ANO 2007,  FR4400537, LOC.NARANDIBA")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95236", "244")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95236", " TRANSBORDO CANA PICADA TAC 600CIVEMASA  , ANO 2007, FR4400517, LOC.NARANDIBA")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95240", "245")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95240", " TRANSBORDO CANA PICADA TAC 600CIVEMASA  , ANO 2007, FR4400522, LOC.NARANDIBA")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95278", "246")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95278", " GUINCHO HIDRÁULICO 3 PONTOS, SF, LOC. NARANDIBA ")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>13.250,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95287", "247")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95287", " GUINCHO HIDRÁULICO 3 PONTOS, SF, LOC. NARANDIBA ")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95275", "248")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95275", " PLANTADEIRA CANA AUT FHE, ANO 2011, FR4401108, LOC. NARANDIBA ")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95331", "249")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95331", "PLANTADEIRA CANA AUT FHE, ANO 2012, FR4401136, LOC. NARANDIBA ")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95324", "250")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95324", "PLANTADEIRA CANA AUT FHE, ANO 2012, FR4401134, LOC. NARANDIBA ")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95321", "251")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95321", " PLANTADEIRA CANA AUT FHE, ANO 2011, FR4401050, LOC. NARANDIBA ")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95329", "252")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95329", " GUINCHO HIDRÁULICO DIANTEIRO PARA TRATORES VALTRA, SF, LOC. NARANDIBA  ")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95295", "253")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95295", " TRATOR JARDIM J. DEERE, MOD. D130, ANO 2011, FR4200360, LOC. NARANBIDA ")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95333", "254")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95333", " COLHEDORA JOHN DEERE NW 3520, ANO 2012, FR4300062, LOC. NARANDIBA ")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95276", "255")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95276", " PLANTADEIRA CANA AUT FHE, ANO 2012, FR4401142, LOC. NARANDIBA ")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95283", "256")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95283", " PLANTADEIRA CANA AUT FHE, ANO 2011, FR4401094, LOC.NARANDIBA ")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95229", "257")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95229", " TRANSBORDO CANA PICADA TAC 600CIVEMASA , ANO 2007, FR4400540, LOC. NARANDIBA")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95228", "258")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95228", " TRANSBORDO CANA PICADA TAC 600CIVEMASA , ANO 2007, FR4400545, LOC. NARANDIBA")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95235", "259")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95235", " TRANSBORDO CANA PICADA TAC 600CIVEMASA  , ANO 2007, FR4400524, LOC.NARANDIBA")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95234", "260")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95234", " TRANSBORDO CANA PICADA TAC 600CIVEMASA , ANO 2007, FR4400521, LOC.NARANDIBA")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95242", "261")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95242", " TRANSBORDO CANA PICADA TAC 600CIVEMASA , ANO 2007, FR4400516, LOC.NARANDIBA")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95233", "262")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95233", "TRANSBORDO CANA PICADA TAC 600CIVEMASA  , ANO 2007, FR4400536, LOC.NARANDIBA")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95245", "263")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95245", "TRANSBORDO CANA PICADA TAC 600CIVEMASA , ANO 2007, FR4400518, LOC.NARANDIBA")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95237", "264")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95237", " TRANSBORDO CANA PICADA TAC 600CIVEMASA , ANO 2007, FR4400511, LOC.NARANDIBA")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95244", "265")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95244", "TRANSBORDO CANA PICADA TAC 600CIVEMASA , ANO 2007, FR4400523, LOC.NARANDIBA")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95247", "266")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95247", "TRANSBORDO CANA PICADA TAC 600CIVEMASA , ANO 2007, FR4400520, LOC.NARANDIBA")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95285", "267")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95285", " CONCHA DIANTEIRA PARA TRATORES VALTRA, SF, LOC. NARANDIBA   ")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>97</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>29.250,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95243", "268")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95243", "TRANSBORDO CANA PICADA TAC 600CIVEMASA , ANO 2007, FR4400513, LOC.NARANDIBA")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95241", "269")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95241", "TRANSBORDO CANA PICADA TAC 600CIVEMASA , ANO 2007, FR4400514, LOC.NARANDIBA")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95227", "270")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95227", " TRANSBORDO CANA PICADA TAC 600CIVEMASA  , ANO 2007, FR4400745, LOC. NARANDIBA")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95232", "271")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95232", " TRANSBORDO CANA PICADA TAC 600CIVEMASA  , ANO 2007, FR4400541, LOC. NARANDIBA")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95286", "272")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95286", " CONCHA DIANTEIRA PARA TRATORES VALTRA, SF, LOC. NARANDIBA   ")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>22.750,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95336", "273")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95336", " TRATOR QUEIMADO , SF , LOC. NARANDIBA ")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>23.500,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95238", "274")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95238", " TRANSBORDO CANA PICADA TAC 600CIVEMASA  , ANO 2007, FR4400515, LOC.NARANDIBA")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95337", "275")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95337", " LOTE DE PEÇAS DE MOTORES DIESEL, SF. LOC. NARANDIBA ")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95271", "276")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95271", "DISTRIBUIDOR CALC SPANDER, ANO 2009, FR4400881, LOC. NARANDIBA")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95268", "277")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95268", "DISTRIBUIDOR TORTA SPANDER, ANO 2012, FR4401132, LOC.NARANDIBA ")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95270", "278")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95270", "DISTRIBUIDOR TORTA SPANDER, ANO 2011, FR4401095, LOC. NARANDIBA ")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95272", "279")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95272", "DISTRIBUIDOR CALC SPANDER, ANO 2008, FR4400776, LOC. NARANDIBA")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95323", "280")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95323", "DISTRIBUIDOR CALC SPANDER, ANO 2008, FR4400777, LOC. NARANDIBA ")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95330", "281")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95330", " GRADE .A.I-CIVEMASA  32x28 ARADORA PESADA DE ARRASTO EQUIPADA,  ANO 2003, LOC. NARANDIBA ")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95320", "282")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95320", " GRADE N. STA IZABEL 52x22, ARADORA PESADA  DE ARRASTO EQUIPADA , ANO 2011, FR4401073, LOC. NARANBIDA")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95334", "283")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95334", " TERRACEADOR TC34AM  CIVEMASA, ANO 2006, FR4400199, LOC.NARANDIBA ")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>137</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>101.000,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>