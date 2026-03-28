--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,3803 +269,3331 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95404", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95404", "Moinhos p/ tinta 3 cilindros horizontal")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96232", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96232", "VW Kombi. Ano 2010. 15 lugares")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98318", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98318", "24 extintores sendo 4 grandes e 20 pequenos")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95446", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95446", "Máquina para solda de tubo. Tipo ponteadeira.100 KVa")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95388", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95388", "1 coletor de pó")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95408", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95408", "2 bombas palheta")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95386", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95386", "Equipamento de pesca em bom estado - lista com descrição. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95409", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95409", "VENTOINHA")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95389", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95389", "02 caçambas para 1500 kilos ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95449", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95449", " 1 unidade hidráulica")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95453", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95453", " 1 unidade hidraulica")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95430", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95430", "Microscópio marca Opiton ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95468", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95468", "1 soprador")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95455", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95455", " 4 motores")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95469", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95469", "Variador")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95471", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95471", "1 Tifor capacidade 1600 kgs acompanha cabo.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95472", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95472", "4 quatro peças para pintura. Sendo 3 ferro galvanizado e 1 inox")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.090,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95399", "021")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95399", "Resfriador de ar comprimido")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95464", "022")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95464", "1 bomba de agua a diesel sem uso. (não testada) ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95465", "023")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95465", "1 bomba de agua a diesel  sem uso. (não testada)")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95466", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95466", "1 bomba de agua a diesel  sem uso. (não testada)")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95461", "025")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95461", "Aprox. 300 Bolsas femininas diversas")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95400", "028")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95400", "FORNO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95406", "030")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95406", "1 Bomba + 1 reservatório de pvc ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95407", "032")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95407", "1 tamboriador")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95381", "033")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95381", " 1 ventilador. .")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95382", "034")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95382", " 1 misturador para laboratorio ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95380", "038")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95380", "VÁLVULA ROTATIVA")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95379", "041")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95379", "GERADOR A GASOLINA. MOD. BLEZZER BL 3000.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95378", "044")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95378", "1 PAINEL")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95376", "048")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95376", "1 aparelho de ar condicionado Carrier 35.000 BTU´s")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95375", "050")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95375", " UM MOINHO. SEM TAMPA")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95374", "058")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95374", "Cofre em bom estado com chave")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95373", "061")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95373", "COLETOR E SEPARADOR DE ÓLEO")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...20 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95372", "065")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95372", " SERRA FITA COM SOLDA")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95371", "068")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95371", " BOMBA ÁGUA A GASOLINA. SEM USO.")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95370", "074")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95370", " VENTILADOR INDUSTRIAL. 80 CM DE DIÂMETRO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95368", "090")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95368", " BALANÇA PRECISÃO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95369", "091")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95369", " VENTILADOR")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95355", "100")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95355", " TROCADOR DE CALOR, DIM. 2850 X 320 MM")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>4.100,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95354", "101")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95354", " TROCADOR DE CALOR, DIM. 1700 X 400 MM")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95357", "109")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95357", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95467", "119")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95467", "5 rodas espelhadas para Jeep/cherockee/ranger")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95356", "142")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95356", " MISTURADOR DE LÍQUIDOS EM INOX BERTUSO, ANO: 1997")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95441", "156")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95441", " Espuladeira para enrolar fios e carreteis")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95440", "159")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95440", " 2 motores")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95462", "160")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95462", "1 furadeira de coluna")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98317", "161")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98317", "1 amassadeira sigma ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95358", "183")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95358", " 5 PROTOCOLADORES")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95359", "184")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95359", " SOPRADOR")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95442", "187")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95442", " 6 pecas fragmentadores de papel sem uso")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95443", "188")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95443", " Válvulas inox ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95444", "189")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95444", " 2 redutores sendo um corrente continua")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95360", "220")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95360", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95361", "221")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95361", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95362", "222")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95362", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95363", "231")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95363", "MOINHO DE TINTA. SEM MOTOR")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95364", "276")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95364", "35 peças de tarracha sendo: 13 de 3/8 e 22 de 1/2")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95365", "279")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95365", "01 redutor")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.120,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95366", "294")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95366", "ROLAMENTOS")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95367", "306")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95367", "VENTOINHA COM MOTOR BLINDADO")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95387", "311")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95387", " 1 bomba dosadora")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95390", "318")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95390", "Parachoque para F1000 em bom estado")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95385", "319")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95385", " ESTEIRA EM INOX")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95383", "321")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95383", " 1 Micro teste")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95384", "322")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95384", " 1 micro teste para laboratório")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95394", "333")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95394", "1 redutor")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95396", "337")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95396", " 1 agitador com aquecedor para laboratório")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95395", "338")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95395", " 1 agitador com aquecedor para laboratório")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95398", "339")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95398", " 1 agitador com aquecedor para laboratório")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95397", "340")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95397", " 1 agitador com aquecedor para laboratório")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95402", "346")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95402", " porta papel")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95401", "347")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95401", " 12 reatores ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95403", "348")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95403", " 13 válvula celuloide")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95433", "350")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95433", "Bicicleta elétrica (nao esta funcionando /sem carregador)")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95434", "351")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95434", "Carrinho carga SEM USO. (está sem rodas)")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96229", "352")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96229", "Material elétrico")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96230", "353")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96230", "Filtro prensa de placas completa acompanha 2 bombas")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96231", "354")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96231", "Tifor  cap. 3200 kg  acompanha 1 cabo ")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95939", "500")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95939", "I/ JINBEI TOPIC L - ANO 2010/2011")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95427", "501")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95427", "Furadeira Radial ")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95410", "502")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95410", " Torno revólver Xervitt. Comprimento: 1,80m")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95458", "503")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95458", " Prensa de borracha")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95423", "504")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95423", " Compressor de ar")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95428", "505")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95428", "6 furadeiras marteletes funcionando (alterado de 7 para 6 unidades)")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95413", "506")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95413", " Descascador de batatas")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95412", "507")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95412", " Liquidificador, pia em inox e uma mesa")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95414", "508")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95414", " Refrigerador de carnes")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95411", "509")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95411", " Refrigerador")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95457", "510")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95457", "[ LANCES POR KG ] Aprox. 45 toneladas de bolas de ferro")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>2,90</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95417", "511")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95417", " Máquina de lavar louças em inox ")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95450", "512")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95450", "Calandra de aprox. 1,0 metro")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
+      <c r="F102" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...20 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95415", "513")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95415", " Lavador de cozinha industrial em inox")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>7.200,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95419", "515")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95419", " Máquina de lavar roupa industrial")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95420", "516")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95420", " Furadeira")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>420,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95456", "517")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95456", " 4 un. de moto bombas de 7,5 CV")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95418", "518")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95418", " Aparelho de ar condicionado")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95422", "519")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95422", " 3 enceredeiras industriais")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95424", "520")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95424", " Massageador relax")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95425", "521")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95425", " Balança e impressora")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95426", "522")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95426", " Lavadora de roupas industrial")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>6.100,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95429", "523")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95429", "Lote de torneiras e componentes. Aprox.  60 torneiras e chuveiros higiênicos")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95447", "524")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95447", " 3 un. de moto bombas de 15 CV")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95421", "525")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95421", " Descascador de batatas")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...57 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95459", "526")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95459", " 2 un. de moto bombas de 30 CV")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...57 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95416", "527")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95416", " Fatiador de legumes")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95454", "528")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95454", " 1 un. de moto bomba de 40 CV")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...25 lines deleted...]
-      <c r="F21" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95448", "529")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95448", " Aprox. 60 talhas (de 1 a 5 ton)")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...20 lines deleted...]
-      <c r="E22" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95460", "530")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95460", "Compressor parafuso cabinado Atlas Copco  GA 707")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98528", "531")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98528", "Conjunta de 1 mesa  tampo de vidro e 6 cadeiras")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98545", "532")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98545", "Bau aprox. 7 mts")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96849", "601")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96849", "Compressor Atlas copco Ga 30 motor de 40 Hp")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96848", "602")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96848", "Compressor Atlas copco Ga 30 motor de 40 Hp")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95451", "606")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95451", " Aquecedor de marmitas")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
-[...63 lines deleted...]
-      <c r="F24" s="4" t="inlineStr">
+      <c r="F124" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-[...121 lines deleted...]
-      <c r="F28" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95435", "608")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95435", "1 misturador de inox capacidade 4.000 litros")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-[...505 lines deleted...]
-      <c r="F44" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95436", "609")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95436", "1 misturador de inox capacidade 4.000 litros")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-[...25 lines deleted...]
-      <c r="F45" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95437", "610")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95437", "1 misturador de aço carbono  capacidade 4.000 litros")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-[...2622 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95470", "614")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95470", "[ VÍDEO ] Tesouras em arco para galpão. Material galvanizado a fogo. Aprox. 20 m. 4.5 toneladas")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>25.250,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>