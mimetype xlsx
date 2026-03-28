--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,251 +269,223 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97466", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97466", "[ VÍDEO ] ROLO COMPACTADOR MULLER. MOD. VAP 55. ANO aprox. 1991")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>63.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97467", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97467", "[ VÍDEO ] ROLO COMPACTADOR FOTON. MOD. FS812D. ANO 2011")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>89.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97468", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97468", "[ VÍDEO ] ROLO COMPACTADOR CATERPILLAR. MOD. 533. ANO  aprox. 1999")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>87.750,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98542", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98542", "[ VÍDEO ] ROLO COMPACTADOR DYNAPAC. MOD. CA15VA. ANO aprox. 1988")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>58.750,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98543", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98543", "[ VÍDEOS ] ROLO COMPACTADOR MULLER. MOD. AP26. ANO aprox. 1992")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>84.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98548", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98548", "VIBRO ACABADORA BARBEAR GREENE. ANO aprox. 1990")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>37.750,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98569", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98569", "ROLO COMPACTADOR TEMA-TERRA. ANO Aprox. 1988")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>