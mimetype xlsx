--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,187 +269,167 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95473", "084")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95473", " CHASSI CAMINHÃO, M.BENZ/712E RHINUS 700, ANO/ MOD: 2003.  PLACA:  DJB 6547 RENAVAM:  838032346 CHASSI:  9BM6881113B359435")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95475", "085")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95475", " CHASSI DE ESPECIAL MICROONIBUS, M.BENZ/LO 814, ANO/MOD: 2000.  PLACA:  GXH 7385  RENAVAM:  740374389 CHASSI:  9BM688176YB236256")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95474", "086")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95474", " CHASSI CAMINHÃO, FORD/CARGO 815 RHINUS800, ANO/MOD: 2004. PLACA:  HSD 8270 RENAVAM:  838023002 CHASSI:  9BFV2UHGX4BB39984")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95477", "087")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95477", " CHASSI CAMINHÃO, M.BENZ/712 C, ANO/MOD: 1999.  PLACA:  GXH7230 RENAVAM:  722175060 CHASSI:  9BM688254XB206007")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95476", "088")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/95476", " CHASSI CAMINHÃO, FORD/CARGO 815 RHINUS800, ANO/MOD: 2001/2002.  PLACA:  CYR3213 RENAVAM:  785796479 CHASSI:  9BFV2UHG92BB11610")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>