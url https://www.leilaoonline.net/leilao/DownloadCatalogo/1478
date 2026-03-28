--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,827 +269,727 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98803", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98803", "COLHEITADEIRA JOHN DEERE. MOD. 9750. ANO 2008. FILIPADA. PLATAFORMA 30 PÉS")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>675.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98351", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98351", "[ VÍDEOS ] JPX MONTEZ STD. DIESEL. ANO 1996")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98369", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98369", "Ford F- 4000 G. Diesel. Ano 2003/ 2004")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>68.750,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98808", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98808", "Pulverizador marca kf/Pla. Modelo 2500. Ano 2017")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>398.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98806", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98806", " Tanque 20.000 litros. Marca Gascon.Bom estado de conservação (somente o tanque)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>63.300,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98804", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98804", " Tanque Gascom 15.000 litros. Calda pronta. Em bom estado (somente o tanque)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>84.120,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98339", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98339", "Caminhão Ford Cargo 1417F. Ano 2001")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>79.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98346", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98346", "Guindauto PHD 16 000. 2 hidráulicas, 2 manuais, laterais abrem hidraulico. Com sapata traseira e sobrechassi. Equipamento revisado")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>107.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96340", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96340", "CHASSI DOCUMENTADO PARA MONTAR TRAILER PARA CAMPING")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96349", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96349", "Fiat Palio Weekend Aventure. Ano 2011/2012")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98812", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98812", "Conjunto com concha, lâmina e beg. Marca Stara. Acoplamento para trator Jd 6 cilindros")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>33.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98805", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98805", "  Conjunto com concha e lâmina. Marca Tatu. Acoplamento para tratores Case e New Holland 6 cilindros")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...260 lines deleted...]
-      <c r="C20" s="4" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>34.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98809", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98809", " Plataforma Marca Massey Ferguson. Modelo 5/90")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98811", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98811", " Esparramador de palha. Marca Bandeirantes para colheitadeira Massey Ferguson")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.350,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98810", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98810", " Distribuidor de semente. Marca Stara sfil. 7 bocas")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96341", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96341", "[ VÍDEO ] NISSAN 370 Z COUPÉ. ANO 2011")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>98.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98807", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98807", " Kit caixa de peneira e bandejão. Marca New Holland. Para colheitadeira tc 59. Em bom estado de conservação")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98914", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98914", "Peças para colhedeira de cana  sem uso - Dvs marcas (planilha em anexo)")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98915", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98915", "Peças para caminhão -  sem uso - Dvs marcas (planilha anexa)")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98916", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98916", "Peças para veículos-  sem uso - Dvs marcas (planilha em anexo)")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96347", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96347", "VW Kombi STD 1.4. Ano 2012/ 2013")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D20" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E20" s="5" t="inlineStr">
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
-[...53 lines deleted...]
-      <c r="D22" s="4" t="inlineStr">
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96342", "102")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96342", " Trio Elétrico: Caminhão MB/ L 113. Ano 1976. Chassi alongado. Potência total de som: 58.000 Watts")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96343", "104")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96343", "[ VÍDEO ] VW Gol 1.6. Ano 1988. Etanol. Segundo dono. Funcionando. Bom estado.")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E22" s="5" t="inlineStr">
-[...350 lines deleted...]
-      </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96344", "108")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96344", "VW/ Gol 1.0. Ano 1994. Segundo dono. Funcionando.")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>6.100,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96345", "122")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96345", "Reboque/ Carroceria fechada Halley Team Hope. Ano 2013")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>29.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>