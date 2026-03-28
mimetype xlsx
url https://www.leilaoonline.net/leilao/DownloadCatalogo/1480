--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,763 +269,671 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96127", "241")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96127", "veja o vídeo!! GM/CHEVETTE; 1976/1976; AMARELO; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>17.450,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96137", "242")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96137", "veja o vídeo!! VW/KOMBI; 1997/1997; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96135", "244")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96135", "veja o vídeo!! VW/GOL CL STAR; 1989/1989; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>16.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96136", "245")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96136", "veja o vídeo!! VW/VW FUSCA; 1982/1982; VERDE; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96139", "246")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96139", "VW/SANTANA GLS 2000 I; 1996/1996; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97381", "247")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97381", "veja o vídeo!! GM/MONZA GLS; 1996/1996; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96142", "260")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96142", "VW/GOL CL 1.8; 1993/1993; BEGE; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>13.250,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96130", "262")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96130", "VW/BRASILIA; 1974/1974; AMARELA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>21.250,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96131", "263")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96131", "veja o vídeo!! GM/VECTRA GL; 1997/1997; VERDE; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>2.950,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96126", "265")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96126", "FIAT/PALIO EDX; 1996/1996; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97435", "266")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97435", "VW/GOL CL 1.8; 1992/1992; BEGE; ALCOOL - FUNCIONANDO - TURBO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96134", "268")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96134", "veja o vídeo!! VW/GOL CL 1.8; 1993/1993; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97469", "269")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97469", "FIAT/UNO ELECTRONIC; 1994/1995; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96133", "270")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96133", "veja o vídeo!! VW/SAVEIRO CL; 1994/1994; PRATA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>17.100,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96138", "273")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96138", "veja o vídeo!! VW/GOL; 1983/1983; BEGE; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>5.250,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96141", "276")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96141", "veja o vídeo!! VW/GOL GTS; 1989/1990; VERMELHA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96152", "277")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96152", "veja o vídeo!! FORD/DEL REY GL; 1986/1986; CINZA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96145", "280")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96145", "VW/GOL BX; 1985/1986; AZUL; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>12.550,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96147", "281")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96147", "VW/FUSCA 1500; 1973/1973; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96157", "287")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96157", "veja o vídeo!! VW/SANTANA CL; 1988/1988; CINZA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>3.550,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96161", "291")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96161", "VW/GOL; 1981/1981; PRETA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>3.550,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96140", "293")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96140", "veja o vídeo!! VW/GOL LS; 1985/1985; BEGE; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>3.850,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96163", "303")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96163", "veja o vídeo!! FIAT/FIAT 147 GLS; 1980/1980; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>5.800,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>