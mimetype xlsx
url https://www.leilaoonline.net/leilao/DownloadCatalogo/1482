--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,3163 +269,2771 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96234", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96234", " Empilhadeira Hyster XL 80 - 4 ton. - Motor Maxion Diesel")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96233", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96233", " Baú Melosa com Conjunto Hidráulico")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96251", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96251", " Britador de Mandíbula - Queixada - Para entulho - Funcionando")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96254", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96254", " Cabine L-200 Outdoor - 2009")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96236", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96236", " Cabine Volkswagen Work")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96262", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96262", " Moinho de Pet")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96237", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96237", " Peneira vibratória seletiva")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96261", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96261", " Moinho de plástico")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96260", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96260", " Moinho de Martelo")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96263", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96263", " Guilhotina Manual")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96245", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96245", " Misturador de ração")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96268", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96268", " Misturador industrial - sem motor com 3 sem fim")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96243", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96243", " Imã separador de minério")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96244", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96244", " Trator - sem especificação")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96253", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96253", " Ponteadeira")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96247", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96247", " Tanque de fibra - Apróx 8 mil litros")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96256", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96256", " Tanque de combustível com bomba")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96265", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96265", " Rolo compactador - sem especificação")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96239", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96239", " Bomba de alta pressão para lavador")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96255", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96255", " Capinadeira")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96259", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96259", " Serra de madeira")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96267", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96267", " Tanque chorumeira")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96241", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96241", " Sugar industrial para solda")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96246", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96246", " Tanque de aço - Apróx 30 mil litros")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96242", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96242", " Container ( 3,00m x 2,50 m)")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96240", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96240", " Prensa Excêntrica de martelo")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96258", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96258", " Peneira - ( 5,00m x 2,00m) - 2 Decks - Sem motor")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96252", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96252", " Gerador de energia com torre de iluminação - S/ Motor")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96264", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96264", " Compressor de ar silos ( Cebolão) Acoplado motor de opala 4cc - Com carretinha e reservatório")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96257", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96257", " Painel Teste hidráulico - Motor 110v")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96250", "033")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96250", " Empilhadeira Hyster XM 80 - 4 Ton. - Motor Wortek ano 2000")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96235", "034")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96235", " Empilhadeira Hyster XM 80 - 4 Ton. - Motor Wortek ano 2000")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96248", "035")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96248", " Empilhadeira Ausa - 1200kg - Motor diesel 3 cilindros")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96238", "036")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96238", " Gerador de energia - 50Kva - Motor CAT")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96266", "037")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96266", " Lote com: 1 unidade de Redutor 1x40  ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96269", "038")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96269", " Bomba Industrial")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96270", "039")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96270", " Compressor industrial - com motor")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96272", "040")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96272", " Redutor de 3 Eixos")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96271", "041")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96271", " Soprador")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96273", "042")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96273", " Esmeril industrial")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96274", "043")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96274", " Exaustor Industrial com motor")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96279", "044")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96279", " Serra de ferro")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96280", "046")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96280", " Tranformador - Sem especificações")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96278", "047")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96278", " Torno - Sem especificações")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96282", "048")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96282", " Garra - Peso Apróx 4 ton. - Lances por KG")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>3,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96276", "049")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96276", " Moedor Agrícola")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96284", "050")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96284", " Guilhotina com Calandra")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96277", "051")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96277", " Painel  de Teste hidráulico")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96283", "052")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96283", " Painel  de Teste hidráulico")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96889", "054")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96889", "Moto CRF 230 - 2008  - Sem documentação ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97388", "055")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97388", "Gerador - Motor CAT - 50Kva")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97789", "056")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97789", " Compactador Planalto ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97775", "057")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97775", " Compactador Usimeca")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97790", "058")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97790", " Fresadora de chapa ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97796", "059")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97796", " Motor mercedes eletrônico")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97783", "060")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97783", " Talha")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97792", "061")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97792", " Filtro Manga")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97779", "062")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97779", " Moinho martelo ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97777", "063")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97777", " Motor estacionário ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97784", "064")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97784", " Guincho Duplo ")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97793", "065")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97793", " Motor estacionário ")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97786", "066")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97786", " Guilhotina para ferro")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97787", "067")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97787", " Teste de resistência")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97794", "068")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97794", " Banca calandra")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97788", "069")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97788", " Plaina de madeira - 2000kg")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97785", "070")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97785", " Aproximadamente 1.500kg de prateleiras - Lance por KG")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>0.25</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97781", "071")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97781", " Aproximadamente 1.500kg de prateleiras - Lance por KG")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>0.25</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97776", "072")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97776", " Aproximadamente 1.500kg de prateleiras - Lance por KG")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>0.25</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97778", "073")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97778", " Sucata - Iveco")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97795", "075")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97795", " Tanque")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97782", "076")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97782", " Moinho martelo desmontado")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97791", "077")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97791", " Máquina Gráfica")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97797", "078")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97797", " Cabine - volvo ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97798", "079")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97798", " Máquina de lavar piso ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97799", "080")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97799", " Gerador ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97800", "081")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97800", " Máquina de corte")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97801", "082")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97801", " Prensa ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97803", "083")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97803", " Moinho")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97802", "084")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97802", " Engenho de cana ")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97804", "085")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97804", " Munck")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98348", "086")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98348", "Rolo Compactador - sem especificação ")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98349", "087")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98349", "Carro de boi ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98549", "088")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98549", "Máquina de lavar piso ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98550", "089")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98550", "Máquina de Solda ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98551", "090")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98551", "Caçamba de lixo - roll-on hidráulica")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="F95" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98552", "091")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98552", "Caçamba de lixo - roll-on hidráulica")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98553", "092")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98553", "Caterpillar 922")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98554", "093")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98554", "Tanque de inox")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98555", "094")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98555", "Tanque de inox ")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98556", "095")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98556", "Carretel de irrigação ")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98557", "096")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98557", "Tanque de inox - 16.000 litros ")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98558", "097")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98558", "Gaiola - filtro manga - Aproximadamente 1.000 kg - Lances por KG")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>0.25</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98559", "098")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98559", "Lote com: 400 unidades de manga de filtro ")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98561", "099")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98561", "Equipamento industrial - sem especificação ")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98562", "100")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98562", "Triturador - sem especificação ")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...15 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98563", "101")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98563", "Lote com: 2 paleteiras ")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...63 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98564", "102")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98564", "Lote com: Lancha com carreta sem documentação - Motor 40 hp")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...2846 lines deleted...]
-      </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98565", "103")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98565", "Cortador - sem especificação ")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>