--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,2331 +269,2043 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96433", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96433", " 01 un de chave geral. Marca Mastercapact NW 25 H1")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96405", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96405", "[ VÍDEO ] DT Mazieiro. Capacidade 600 Ton")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>435.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96406", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96406", "[ VÍDEO ] Filtro prensa. 40 bicos")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96409", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96409", "[ VÍDEO ]  6 un. Torre de resfriamento. Condensador casco de tubo paraequesano")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>155.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98367", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98367", "Dolly Randon. Ano 2002. Com documento")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98368", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98368", "Dolly Rodoforte.  Ano 2006. Com documentos")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96413", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96413", " Tanque reservatório 300 lt. Em aço carbono")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96426", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96426", "[ VÍDEO ] Torre de resfriamento. Encamisada")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96422", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96422", "[ VÍDEO ] Tanque pulmão. Aço carbono com Inspeção 3.000 lt ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96427", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96427", "[ VÍDEO ] Tanque de inversão")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96429", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96429", " Tanque filtro")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96421", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96421", " Caixa dosador  com rosca")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96412", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96412", " Rosca  dosadora")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96419", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96419", "[ VÍDEO ] Saída de caldeira com reservatório em inox")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96415", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96415", " 01 un. Tanque reservatório de 1000 lt ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96420", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96420", "[ VÍDEO ] Tanque reservatório 5.000 lt")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96439", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96439", " Chave geral. Marca Masterpalt NT16 H1")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96443", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96443", " 03 un. Válvula rotativa")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96423", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96423", " Carrinho de captação. 3,0 m comprimento 2,0 m de largura")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96410", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96410", "[ VÍDEO ] Estator Mazieiro. Capacidade 600 Ton")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>410.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96416", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96416", "[ VÍDEO ] MÁQUINA CASQUINHA")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96417", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96417", " Máquina casquinha")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96408", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96408", " Máquina casquinha")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96407", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96407", " Máquina casquinha")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96414", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96414", " Máquina casquinha")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96418", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96418", " Máquina casquinha")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96411", "029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96411", "2 ciclones aço carbono - 8 mts de comprimento")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96425", "030")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96425", " 05 un. Rolos delaminador 1.30 com por .30 ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96424", "031")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96424", " 02 un. Rolo Delaminador 1.30 com por .53 ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96428", "037")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96428", " Torre de destilação em aço inox")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96430", "044")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96430", " [ VÍDEOS ] SILO DE SECAGEM ROTATIVO COMPLETO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>140.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98354", "045")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98354", "[ LANCE POR KG ] 03 eixos de carreta completos com molejos (bom estado de conservação). Aprox. 1.500 quilos")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>6,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98355", "046")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98355", "[ LANCE POR KG ] 03 eixos de carreta completos com molejos (bom estado de conservação). Aprox. 1.500 quilos")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>6,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98356", "047")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98356", "[ LANCE POR KG ] 03 eixos de carreta completos com molejos (bom estado de conservação). Aprox. 1.500 quilos")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>6,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98353", "048")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98353", "[ LANCE POR KG ] 03 eixos de carreta completos com molejos (bom estado de conservação). Aprox. 1.500 quilos")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>6,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96431", "049")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96431", "Lote de 3 un. eixos de carretas (Aprox. 1.200 kg) ")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>4.900,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98352", "050")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98352", "[ LANCE POR KG ] 03 eixos de carreta completos com molejos (bom estado de conservação). Aprox. 1.500 quilos")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>6,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>0.25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98361", "051")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98361", " Dolly  de um eixo (Rala) -sem documentos")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>5.050,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98363", "052")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98363", " Dolly  de um eixo (Rala) -sem documentos")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>5.050,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98365", "053")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98365", " Dolly  de um eixo (Rala) -sem documentos")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>5.050,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98362", "054")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98362", " Dolly  de um eixo (Rala) -sem documentos")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>5.050,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98366", "055")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98366", " Dolly  de um eixo (Rala) -sem documentos")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>5.050,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98364", "056")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98364", " Dolly  de um eixo (Rala) -sem documentos")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>5.050,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96432", "058")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96432", " Aprox. 26 un. de eixos S para freio ")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96438", "062")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96438", " 4 pneus Scorpion ATR. 225/65 R17")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96437", "063")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96437", " Inversor de Bateria. 24 W. 110/220. 3000 Watts")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96435", "066")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96435", " 20 un Cubos de rodas")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96440", "067")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96440", " 2 un de extintores")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96434", "068")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96434", " 3 redutores. 15/1. De rosca sem fim")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96459", "069")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96459", " Eixo dianteiro de Mercedes bens. A disco ")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96458", "072")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96458", " Rala Randon. Bom estado")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96454", "073")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96454", " Aprox. 3 ton. Vigas de 8mm x 30 cm x 9 metros")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96452", "074")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96452", " Freio magnético e controlador de tensão. Sem uso ")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96455", "075")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96455", " Boca de lobo e redutor de trator")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96464", "088")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96464", "6 rodas de alumínio  295  Álcoa (sem pneus)")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96465", "089")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96465", "54 un de cabeçote de alumínio para filtros, sem uso.")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96466", "090")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96466", "1 Balancin -  3 metros ")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96467", "091")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96467", "Tanque de chopp servidor com 10 torneiras 360 graus")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>45.600,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96468", "092")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96468", "Chopeira semi nova ")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96472", "093")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96472", " 1 Balancin -  3 metros ")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96469", "094")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96469", " 1 Balancin -  3 metros ")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96471", "095")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96471", " 1 Balancin -  3 metros ")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96470", "096")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96470", " 1 Balancin -  3 metros ")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96473", "097")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96473", " 1 Balancin -  3 metros ")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96447", "101")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96447", " 01 Ciclone - inox - 6,00 mts de comprimento")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96444", "102")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96444", "[ VÍDEO ] Elevador de caneca - em  aço inox -  12 mts - (aprox. 5 ton)")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96451", "103")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96451", "  Exaustor para filtro manga. Sem motor")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96445", "104")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96445", " Exaustor para filtro manga. Sem motor")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96446", "105")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96446", "[ VÍDEO ] Elevador de caneca. Aço carbono. 12 mts . Com correia")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96448", "106")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96448", " 20 unidades de container. Capac. 1.000 litros")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96449", "107")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96449", "[ VÍDEO ] Pré limpeza. Comil. Capacidade 30 ton/h")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96450", "108")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96450", "[ VÍDEO ] Tanque de aço cabono. Capac. 30.000 lts (furado)")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>