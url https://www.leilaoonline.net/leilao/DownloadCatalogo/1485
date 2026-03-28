--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1915 +269,1679 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96787", "061")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96787", " CAMINHÃO VOLVO VM 260 6X4, BASCULANTE, ANO 2007/2008, EQP. 310050, LOC. STA ALBERTINA ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>90</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>141.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96792", "062")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96792", " CAMINHÃO VOLVO VM 260 6X4, BASCULANTE, ANO 2007/2008, EQP. 310054, LOC. STA ALBERTINA ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>96</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>148.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96790", "063")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96790", " CAMINHÃO VOLVO VM 260 6X4, BASCULANTE, ANO 2010/2011, EQP. 310060, LOC. STA ALBERTINA ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>125</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>178.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96793", "064")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96793", " CAMINHÃO VOLVO VM 260 6X4, ANO 2007/2008, EQP 313.050, MOTOR CAMBIO AVARIADOS, FALTANDO DIFERENCIAL, LOC. STA ALBERTINA ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>69.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96791", "065")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96791", " CAMINHÃO FORA DE ESTRADA VOLVO VM 260 ( OBS. EIXO TRASEIRO LARGO, MOTOR, CAMBIO, DIFERENCIAL C/ DEFEITO) , LOC. STA ALBERTINA ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>43.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96788", "066")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96788", " QUADRICICLO HONDA/TRX 420 FM FOUR TR, ANO 2017/2017, EQP.981.029, LOC.STA ALBERTINA ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96795", "067")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96795", " TRATOR CATERPILLAR 938G, ANO 2001/2001, EQP. 601.480 TRANSMISSÃO C/ DEFEITO, LOC. STA ALBERTINA ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>82</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>101.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96789", "068")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96789", " TRATOR J. DERRE 8320, ANO 2011, EQP. 501338, LOC. STA ALBERTINA ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>120</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>352.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96794", "069")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96794", " QUADRICICLO HONDA/TRX 420 FM FOUR TR, ANO 2017/2017, EQP.981.024, LOC.STA ALBERTINA ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96783", "070")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96783", " CAMINHÃO M. BENZ 2423K BASCULANTE, ANO 2006/2006, EQP. 309.221, LOC. PALESTINA ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>110</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>152.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96784", "071")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96784", " CAMINHÃO M.BENZ 2423K, BASCULANTE, 2008/2009, EQP. 309223, LOC. PALESTINA ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>112</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>168.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96785", "072")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96785", " CAMINHÃO M.BENZ L 2213, 1983/1983, MOTOR TRAVADO , EQP. 200521, LOC. PALESTINA ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>79</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>55.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96786", "073")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96786", " CAMINHÃO M. BENZ L 2213 TANQUE, ANO 1981/1981,( CAMBIO TRAVADO)  EQP. 312.221, LOC. PALESTINA ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>113</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>99.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96765", "074")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96765", " VW/KOMBI LOTACAO, ANO 2010/2010, EQP 944.521, LOC: ARIRANHA")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96760", "075")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96760", " VW/KOMBI LOTACAO, ANO 2008/2008, EQP 944.511, LOC: ARIRANHA")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96757", "076")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96757", " VW/KOMBI LOTACAO, ANO 2013/2014, EQP 944.546, LOC: ARIRANHA")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96762", "077")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96762", " TRATOR JOHN DEERE 6180J 4X4, ANO 2012/2012, EQP 501.073, LOC: ARIRANHA")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>88</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>183.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96754", "078")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96754", " TRANSBORDO SANTAL VT 8 TANDEN, REB. ANO 2003, EQP 142.018, LOC: ARIRANHA")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96746", "079")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96746", " TRANSBORDO SANTAL VT 8 TANDEN ,REB. ANO 2003, EQP 142.009, LOC: ARIRANHA")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96758", "080")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96758", " TRATOR JOHN DEERE 6180J 4X4, ANO 2012/2012, EQP 501.072, LOC: ARIRANHA")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>72.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96775", "081")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96775", " SUCATA ELETRICO/ ELETRONICA ( OBS. CARREGADOR, CPU, ESTABILIZADOR E OUTROS ) EM 2 CAIXAS DE MADEIRA , LOC. ARIRANHA ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96756", "082")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96756", " TRATOR CATERPILLAR 938H, ANO 2010/2010, EQP 601.495, LOC: ARIRANHA")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>145</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>204.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96768", "083")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96768", " CAMINHÃO M. BENZ L 2213 ANO 1984/1984, ( ACOPLADO C/ COMBOIO) EQP.321.667, LOC. ARIRANHA ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>136.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96752", "084")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96752", " REBOQUE RANDON RQ CS AD, ANO 2011/2012, EQP 359.015, LOC: ARIRANHA")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96769", "085")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96769", " REBOQUE RANDON RQ CS AD 02 26, ANO 2011/2012, EQP 359.018, LOC: ARIRANHA")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96770", "086")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96770", " REBOQUE RANDON RQ CS AD 02 26, ANO 2011/2012, EQP 359.017, LOC: ARIRANHA")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96767", "087")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96767", " CAMINHÃO M. BENZ L 2214 ANO 1987/1987,  ACOPLADO C/ BOMBEIRO, EQP.312.263, LOC. ARIRANHA ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>132</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>162.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96751", "088")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96751", " CAMINHÃO M. BENZ 2423K, ANO 2001/2001, EQP 312.500, LOC: ARIRANHA")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>163.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96759", "089")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96759", " CAMINHÃO M. BENZ 2423K  ANO 2001/2001 ( ACOPLADO C/ COMBOIO), EQP.322.060, LOC. ARIRANHA ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>109</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>152.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96761", "090")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96761", " CAMINHÃO M. BENZ 2423K, ANO 2001/2001, (ACOPLADO C/ COMBOIO) EQP 322.061, LOC: ARIRANHA")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>111</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>156.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96753", "091")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96753", " CAMINHÃO M. BENZ AXOR 2533, ANO 2011/2012, EQP 339.371, LOC: ARIRANHA")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>180.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96747", "092")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96747", " CAMINHÃO VOLVO FM 440 6X4T, ANO 2008/2008, EQP 104.605, LOC: ARIRANHA")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>101.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96764", "093")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96764", " CAMINHÃO VOLVO FM 440 6X4T, ANO 2010/2010, EQP 104.659, LOC: ARIRANHA")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>86</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>155.999,99</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96750", "094")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96750", " CAMINHÃO VOLVO VM 260 6X4, ANO 2010/2011, EQP 310.061, LOC: ARIRANHA")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>146</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>202.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96766", "095")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96766", " COLHEDORA JD. 3510 C/ ES, ANO 2008/2008 , EQP 704.002, LOC: ARIRANHA")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>67.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96749", "096")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96749", " 2 TRANSBORDOS SERMAG SMR 10000 (REB. T ANO 2008/20008,  EQP 142.024/ 142.030, LOC: ARIRANHA")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>66</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96748", "097")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96748", " 2 TRANSBORDOS SANTAL VT 8 TANDEN (REB. ANO 2003/2003,  EQP 142.011/ 142.015, LOC: ARIRANHA")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96755", "098")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96755", " 2 TRANSBORDOS SERMAG SMR 10000 (REB. T ANO 2008/2008 EQP 142.027/ 142.021, LOC: ARIRANHA")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96773", "099")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96773", " QUADRICICLO HONDA/TRX FM FOUR TRAX, ANO 2017/2017, EQP.981.018, LOC. ARIRANHA ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96774", "100")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96774", " VW NOVO GOL TL MCV, ANO 2017/2018, EQP. 912.265, LOC: ARIRANHA")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96772", "101")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96772", " VW GOL TL MB, ANO 2016/2016, EQP. 912.241, LOC: ARIRANHA")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96763", "102")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96763", " VW GOL TL MB, ANO 2016/2016 , EQP 912.243, LOC: ARIRANHA")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96771", "103")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96771", " TRATOR JOHN DEERE 6180J 4X4, ANO 2012/2012, EQP 501.082, LOC: ARIRANHA")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>110</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>196.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96873", "104")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96873", "227 UND. TAMBORES DE ÓLEO , LOC. ARIRANHA ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96874", "105")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96874", "40 UND. CONTEINER 1000 LITROS, LOC. ARIRANHA ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>13.250,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96778", "106")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96778", "SUCATA DE SAPATA 4.500 KG (VENDA POR KILO) LOC. ARIRANHA ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>7.650,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96777", "107")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96777", " 19 EMBREAGEM, BH 224, LOC. ARIRANHA ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96779", "108")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96779", " SUCATA DE 220 KG DE ALUMINIO PURO (VENDA POR KILO) , LOC. ARIRANHA ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.584,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96780", "109")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96780", " MOTOR DIESEL , MOTOR ESTACIONARIO, CAMBIO, LOC. ARIRANHA ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96781", "110")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96781", "11.825 KG DE SUCATA DE CAMPANA (VENDA POR KILO) LOC. ARIRANHA ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>28.380,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96782", "111")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96782", " 04 CARROCERIA ( G1 AO G4) , LOC. ARIRANHA ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96776", "112")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96776", " 04 CARROCERIA ( H1 AO H4) , LOC. ARIRANHA ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...393 lines deleted...]
-      <c r="D25" s="4" t="inlineStr">
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>21.250,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96875", "113")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96875", "SUCATA DE FAQUINHA E FACAO, 22.500 KG (VENDA POR KILO )  LOC. ARIRANHA ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>47.250,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96876", "114")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96876", "SUCATA DE ROLAMENTOS 5.300 KG, (VENDA POR KILO) LOC. ARIRANHA ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>13.250,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96877", "115")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96877", "SUCATA DE 30 UND. ALTERNADORES, 10 UND. MOTORES DE PARTIDA E 11 UND. DE  ROTOR E INDUZIDO, LOC. ARIRANHA ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E25" s="5" t="inlineStr">
-[...196 lines deleted...]
-      <c r="F31" s="4" t="inlineStr">
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96878", "116")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96878", "SUCATA DE 29 UND. COMPRENSORES AR CONDICIONADO, LOC. ARIRANHA ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-[...793 lines deleted...]
-      <c r="F56" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96879", "117")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96879", "SUCATA DE MOLAS, 9.635 KG, (VENDA POR KILO)  LOC. ARIRANHA ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>26.978,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-[...57 lines deleted...]
-      <c r="F58" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96880", "118")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96880", "SUCATA DE ALUMINIO SUJO 850 KG (VENDA POR KILO)  LOC. ARIRANHA ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>3.910,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-[...318 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96881", "119")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96881", "SUCATA DE FIOS DE COBRE SUJO, 330 KG ( VENDA POR KILO) LOC. ARIRANHA ")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>5.148,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>