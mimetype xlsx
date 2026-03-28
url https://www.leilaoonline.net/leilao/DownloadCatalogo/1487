--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1915 +269,1679 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98271", "019")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98271", "FIAT/DOBLO CARGO FURGÃO; 2004/2004 - FUNCIONANDO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96828", "020")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96828", "VW GOL 1.0 GIV; 2011/2011; PRATA; FLEX - FUNCIONANDO - FROTA 169")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>11.750,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98114", "021")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98114", "CHEVROLET/S10 LS DS4 4X4; 2017/2018; BRANCA; DIESEL - FUNCIONANDO - FROTA 640")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>105.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98115", "022")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98115", "CHEVROLET/S10 LS DS4 4X4; 2017/2018; BRANCA; DIESEL - FUNCIONANDO - FROTA 686")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>107.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96824", "199")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96824", "veja o vídeo!! VW/NOVA SAVEIRO RB MBVS; 2019/2019; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96833", "200")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96833", "I/FORD EDGE V6; 2013/2013; BRANCA; GASOLINA - FUNCIONANDO - IPVA 2021 PAGO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>38.750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96800", "201")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96800", "veja o vídeo!! I/BMW 116I 1A11; 2013/2014; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>47.250,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96831", "202")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96831", "TOYOTA/COROLLA GLI18 CVT; 2016/2017; CINZA; ALCO./GASOL./GÁS NAT. - FUNCIONANDO - IPVA 2021 PAGO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>55.950,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96799", "203")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96799", "BMW 328I 3A51; 2013/2014; BRANCO - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>58.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96798", "204")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96798", "veja o vídeo!! HONDA/FIT EXL CVT; 2019/2019; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>58.200,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96804", "205")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96804", "veja o vídeo!! I/JAG XE P250 R-SPORT; 2018/2018; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96832", "206")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96832", "RENAULT/OROCH 16 DYN42; 2016/2016; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2021 PAGO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>49.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96825", "207")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96825", "veja o vídeo!! CHEVR./SPIN 1.8L AT LT ADV; 2014/2015; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>31.350,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96818", "208")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96818", "HONDA/HR-V EX CVT; 2017/2018; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>63.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96802", "209")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96802", "veja o vídeo!! I/VW JETTA CL AF (TSI); 2017/2017; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>51.750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96826", "210")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96826", "TOYOTA/YARIS HB XLS15 AT; 2018/2019; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>58.400,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96801", "211")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96801", "MMC/ASX 2.0 CVT; 2016/2016; MARROM; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>43.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96834", "212")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96834", "MMC/LANCER 2.0 HLE; 2015/2016; BRANCA; GASOLINA - FUNCIONANDO - IPVA 2021 PAGO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>30.200,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97379", "213")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97379", "veja o vídeo!! I/MMC OUTLANDER 2.0; 2013/2014; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>37.600,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97380", "214")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97380", "veja o vídeo!! I/KIA SOUL EX 1.6L; 2010/2010; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96811", "215")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96811", "veja o vídeo!! FIAT/IDEA ATTRACTIVE 1.4; 2012/2013; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>13.250,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97568", "216")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97568", "veja o vídeo!! I/M.BENZ CLA200; 2014/2015; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>92.750,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97710", "217")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97710", "CHEVROLET/ONIX 10TMT LTZ; 2020/2020; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>99</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>50.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98082", "218")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98082", "I/VW SPACEFOX TREND GII; 2011/2012; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96806", "219")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96806", "veja o vídeo!! CHEVROLET/COBALT 1.4 LT; 2013/2014; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>26.050,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96835", "220")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96835", "I/BMW 530I NU91; 2008/2009; PRETA; GASOLINA - FUNCIONANDO - IPVA 2021 PAGO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>34.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96808", "221")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96808", "veja o vídeo!! HONDA/FIT LX; 2004/2004; CINZA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98084", "222")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98084", "HONDA/WR-V EXL CVT; 2019/2020; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2021 PAGO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>72.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96805", "223")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96805", "veja o vídeo!! I/GM; CAPTIVA SPORT 2.4; 2010/2011; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98087", "224")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98087", "I/PEUGEOT 307 16 PRESENC; 2005/2006; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96810", "225")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96810", "HONDA/CR-V LX; 2010/2010; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98269", "226")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98269", "veja o vídeo!! I/DODGE JOURNEY SXT; 2009/2010; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>25.750,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98092", "227")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98092", "veja o vídeo!! FIAT/UNO MILLE ECONOMY; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98085", "228")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98085", "I/NISSAN VERSA 16SL FLEX; 2012/2013; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>22.700,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96827", "229")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96827", "veja o vídeo!! C4 PALLAS 2.0 MANUAL; 2012/2013; PRETO - FUNCIONANDO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>20.850,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96813", "230")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96813", "HONDA/FIT EX; 2007/2008; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96812", "231")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96812", "veja o vídeo!! CHEVROLET/CELTA 1.0L LT; 2013/2014; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>9.800,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96796", "232")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96796", "veja o vídeo!! RENAULT/DUSTER 20 D 4X2; 2016/2016; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>36.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98320", "233")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98320", "veja o vídeo!! RENAULT/MEGANEGT DYN 20A; 2007/2008; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96817", "235")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96817", "MMC/ASX 2.0 CVT; 2015/2016; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>50.750,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96815", "236")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96815", "VW/FOX 1.0; 2009/2010; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96816", "237")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96816", "veja o vídeo!! HONDA/FIT EX; 2006/2007; DOURADA; GASOLINA - FUNCIONANDO - IPVA 2021 PAGO")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>22.050,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98270", "238")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98270", "FIAT/DOBLO CA UNIVIDAS A; 2008/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97561", "240")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97561", "veja o vídeo!! GM/MERIVA MAXX; 2009/2010; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96830", "241")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96830", "S10; GAB. DUPLA COMPLETA; GASOLINA 4.3")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96814", "242")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96814", "FIAT/PUNTO ESSENCE 1.6; 2012/2013; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97558", "243")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97558", "RENAULT/SANDERO STW 16HP; 2013/2013; PRETA; ALCO./GASOL. - IPVA 2021 PAGO")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>7.750,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96797", "243")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96797", "veja o vídeo!! PEUGEOT/HOGGAR XR; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>17.750,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96807", "245")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96807", "HONDA/CIVIC LX; 2004/2004; CINZA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>9.750,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96837", "247")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96837", "veja o vídeo!! GM/CELTA 2P SPIRIT; 2006/2007; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>10.900,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96838", "248")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96838", "GM/MERIVA MAXX; 2006/2007; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>9.200,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96839", "249")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96839", "CITROEN/C3 EXC 16 A FLEX; 2011/2011; VERMELHA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>10.250,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96819", "250")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96819", "veja o vídeo!! VW/SANTANA; 2001/2001; BRANCA; ALCO./GÁS NATURAL VEICULAR - FUNCIONANDO")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...57 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96840", "251")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96840", "I/FIAT SIENA ELX FLEX; 2009/2009; CINZA; ALCO./GASOL./GÁS NAT. - FUNCIONANDO")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96820", "252")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96820", "GM/CLASSIC SPIRIT; 2008/2008; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>10.600,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96841", "253")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96841", "IVECO/DAILY 35S14HDCS; 2012/2013; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>84.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...1662 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96843", "312")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96843", "22 PNEUS DIVERSOS - MEDIDAS NAS ESPECIFICAÇÕES")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96842", "313")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96842", "RODAS ARO 15")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96823", "314")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/96823", "JOGO DE RODAS PINGOS DAGUA WOLFSBURG ARO 17 COM PNEUS 195 40")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>