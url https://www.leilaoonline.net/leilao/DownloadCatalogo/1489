--- v0 (2025-11-13)
+++ v1 (2026-03-28)
@@ -269,5371 +269,4703 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99441", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99441", "VW Gol 1988/1989 - Álcool ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97604", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97604", "Caloi Mobylette - Sem documentos ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99440", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99440", "VW Jetta confortline 2012 - Flex")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97515", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97515", " Titan 125 2002 - Docs 2021 - Placa Mercosul")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97516", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97516", " Cg Titan ES 2002 - Docs 2021 - Placa Mercosul - Sem chave - motor travado")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97517", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97517", " C 100 Biz ES 2004 - Docs 2021 - Placa Mercosul")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97525", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97525", " Yamaha Fator 125 ED 2010 - Docs 2021 - Placa Mercosul")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97526", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97526", " Compressor wetzel 100 Litros 110/220")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97530", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97530", " Furadeira de bancada 110/220 ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97527", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97527", " Tupia 1,00x0,40 110/220")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97528", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97528", " Policorte 2cv trifásico")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97518", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97518", " Compressor 220W")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97532", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97532", " Bancada de serviços 1,25x92")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97520", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97520", " Compressor 110/220")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97542", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97542", " Reservatório 140 Litros")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97541", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97541", " Máquina de solda")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97545", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97545", " Lote com: 2 uni. Máquina de solda ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97544", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97544", " Compressor trifásico")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97548", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97548", " Serra de Fita")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97543", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97543", " Painel de ferramentas 1,25x1,20")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97547", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97547", " Bomba D'água")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97552", "021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97552", " Lote com: 1 uni. Bomba D'água 7,5cv e 1 uni. Bomba 1cv")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97531", "022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97531", " Bomba hidráulica com 2 pistões - sendo 1 de 1,67 X 11 largura e 1 de 2,00 X 18 largura ( ambos encolhidos)")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97522", "023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97522", " Lote com: 8 motores elétricos")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97529", "024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97529", " Lote com: 1 uni. bancada 1,10x60 (pesada) e 1 uni. carrinho oficina")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97521", "025")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97521", " Máquina de gelo - 100v")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97523", "026")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97523", " Geladeira - 110v")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97524", "027")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97524", " Torno - 110/220v")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97519", "028")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97519", " Lote com: Peças de veículos - diversas")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97533", "029")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97533", " 200kg de corrente")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97550", "030")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97550", " 9 metros de corrente - 88kg")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97553", "031")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97553", " Aproximadamente 55 metros de cabos 95mm")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97549", "032")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97549", " Aproximadamente 10 kg de extensão trifásico")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97555", "033")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97555", " Bancada de serviços 240 x 60 ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97554", "034")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97554", " Bancada de serviços (pesa aproximadamente 1000 kilos ) 4,20 X 0,72")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97557", "035")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97557", " Lote com: 5 unidades contrapeso MF e 1 unidade terceiro ponto")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97556", "036")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97556", " Lote com: 18 unidades de barras de 1/2 de polegada - 2,20 metros")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97551", "037")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97551", " Lote com: 47 unidades de barras 1/2 polegadas - 1 metro e 1,5 metros")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97538", "038")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97538", " Picadeira")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97535", "039")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97535", " Guincho girafa - 2 ton.")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97534", "040")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97534", " Rotativa")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97536", "041")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97536", " Grade niveladora - 28 discos")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97539", "042")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97539", " Guincho MF")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97537", "043")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97537", " Plataforma Massey Ferguson ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97540", "044")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97540", " [Vídeo] Torno revólver - Herbert")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97546", "045")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97546", " Fresadora Cm 3 R32 - Motor 3 Cv")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97563", "046")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97563", "Máquina de Solda Mig - Bambozzi")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>4.600,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97564", "047")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97564", "Furadeira de coluna industrial")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97565", "048")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97565", "Torno Romi")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97566", "049")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97566", "Plaina limadora com bancas de aço.")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97567", "050")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97567", "Lote com: Carreta e 4 tampos de aço ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98357", "051")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98357", "Lote com: 2 unidades de Esteira transportadora -  4,70 comprimento x 1,00 largura")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98358", "052")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98358", "Lote com: 2 unidades de Esteira transportadora -  4,70 comprimento x 1,00 largura")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98359", "053")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98359", "Lote com: 2 unidades de Esteira transportadora - 4,70 comprimento x 1,00 largura")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98566", "054")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98566", "Lote com: 3 unidades - compressores ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98567", "055")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98567", "Máquina completa para sorvetes de massa e palito ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98568", "056")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98568", "Serra Franho ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100076", "057")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100076", "Lote com: 1 uni. Serra de fita e 1 uni. máquina de solda ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97711", "058")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97711", " PC completo - Lenovo - 4Gb - 320Hd")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97727", "059")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97727", " Pc completo - Dell - 4Gb - 1 TB Hd")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97717", "060")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97717", " PC completo - Dell - 4GB - Sem HD")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97730", "061")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97730", " PC completo - Dell - 4 GB - 320 Hd")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97716", "062")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97716", " PC completo - Dell - 4 GB - 320 Hd")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97732", "063")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97732", " Pc completo - Dell - 4 GB - Sem HD")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97712", "064")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97712", " PC completo - Dell - I3 - 4GB - Sem HD")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97726", "065")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97726", " PC completo - Dell - 4 GB - Sem HD")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97715", "066")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97715", " PC completo - Dell - 4Gb - 500 HD")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97718", "067")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97718", " Pc completo - Dell - 4 GB - Sem HD")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97720", "068")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97720", " Pc completo - Lenovo - 4 GB - 500 HD")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98610", "069")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98610", "Lote com: 5 unidades de monitores - sem testes ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99788", "070")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99788", "Lote com: 2 notebooks - 1 uni. Compaq e 1 uni. Multilaser  - Sem carregador")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97725", "071")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97725", " Pc Gamer - completo ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97724", "072")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97724", " Tv Samsung - 50 - 4K")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97728", "073")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97728", " Tv Sony - 32 - Smart")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97714", "074")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97714", " Tv - 32 pol.")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97722", "075")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97722", " Impressora Samsung wi-fi")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97719", "076")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97719", " Adega Brastemp")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100033", "077")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100033", "Parafusadeira Milwaukee - Bateria e carregador makita - parafusos ")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97721", "078")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97721", " Cascata mini lago artificial - 0.80 Larg. X 0.50 profun. X 0.63 altura.")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97731", "079")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97731", " Lote com: 2 uni. tvs 55 pol. E 1 uni. tv 65. pol  E 1 Uni. tv 33' - telas quebradas ")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97713", "080")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97713", " System Samsung - 1500w")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98693", "081")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98693", "Lote com 2 caixas com aparelhos de laboratórios (caixas não incluso)")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98694", "082")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98694", "Lote com: 7 caixas - aproximadamente 500 itens - cabos diversos (caixas não inclusas)")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98900", "083")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98900", "Notebook HP 4gb 500hd (sem bateria e sem carregador)")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98901", "084")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98901", "Notebook HP 6gb 1TB (sem carregador)")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98902", "085")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98902", "Notebook dell i5 4gb 500hd (com carregador)")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98903", "086")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98903", "Notebook dell  4Gb -  500hd (sem carregador)")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98904", "087")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98904", "Lote com: 2 notebooks sem memória HDs e carregadores")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98905", "088")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98905", "Lote com: 4 notebooks ( sem carregadores ) ")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99294", "089")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99294", "Notebook Dell - 4Gb - 500Hd ( Sem carregador)")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99784", "090")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99784", "Notebook hp i5 4gb 128ssd touch-screen função Tablet (bateria nova e carregador)")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99787", "091")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99787", "Notebook hp i5 4gb 128ssd Touch screen Tablet (bateria nova e carregador)")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99295", "092")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99295", "Lote com: 3 uni. CPU 4Gb 500Hd - 2 uni. Monitores 22'")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99296", "093")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99296", "Lote com: 3 uni. CPU 4Gb 500Hd - 2 uni. Monitores 22'")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99297", "094")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99297", "Lote com: 1 uni. CPU. 1 Uni. Rádio e 18 uni. Baterias e peças ")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99298", "095")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99298", "Lote com: 4 aparelhos de som")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98695", "096")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98695", "Lote com: Aproximadamente 230 itens de aparelhos de telefonia ")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98696", "097")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98696", "Lote com: 4 uni. bebedouros e 1 uni. Umidificador ")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98697", "098")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98697", "Lote com: 5 lixeiras em inox ")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98698", "099")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98698", "Lote com: 5 lixeiras em inox ")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98699", "100")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98699", "Lote com: 5 lixeiras em inox ")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98700", "101")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98700", "Lote com: 7 lixeiras em inox ")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98753", "102")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98753", "Aparador 1.60 x 0.40")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98817", "103")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98817", "Lote com: 5 uni.  liquidificadores 4 uni. copos")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98818", "104")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98818", "Lote com:  9 uni. balanças (maquina de solda não está incluso no lote)")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98819", "105")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98819", "Máquina completa de café ")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98820", "106")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98820", "Lote com: 02 uni. secador elétrico ")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98821", "107")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98821", "Lote com: 7 uni. caixas de som - 1 uni. rádio - 1 uni. projetor e 1 uni. aspirador")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98822", "108")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98822", "Projetor - poucas horas de uso ")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98823", "109")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98823", "Lote com: 2 pares de garfos de empilhadeira - bom estado ")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98824", "110")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98824", "Lote com: 10 unidades de cintas com catracas 2,5mm 5 metros 400 kilos")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98825", "111")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98825", "Lote com: 10 unidades de cintas com catracas 2,5mm 5 metros 400 kilos")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98826", "112")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98826", "Lote com: 10 unidades de cintas com catracas 2,5mm 5 metros 400 kilos")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98827", "113")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98827", "Lote com: 10 unidades de cintas com catracas 2,5mm 5 metros 400 kilos")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98828", "114")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98828", "Lote com: 10 unidades de cintas com catracas 2,5mm 5 metros 400 kilos")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98829", "115")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98829", "Lote com: 10 unidades de cintas com catracas 2,5mm 5 metros 400 kilos")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98830", "116")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98830", "Lote com: 50 unidades de cintas com catracas 2,5mm 5 metros 400kilos")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98831", "117")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98831", "Lote com: 50 unidades de cintas com catracas 2,5mm 5 metros 400kilos")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98832", "118")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98832", "Lote com: 50 unidades de cintas com catracas 2,5mm 5 metros 400kilos")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98833", "119")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98833", "Lote com: 50 unidades de cintas com catracas 2,5mm 5 metros 400kilos")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98834", "120")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98834", "Lote com: 50 unidades de cintas com catracas 2,5mm 5 metros 400kilos")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98835", "121")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98835", "Lote com: 3 arquivos de aço ")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98836", "122")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98836", "Lote com: 3 arquivos de aço ")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98837", "123")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98837", "Lote com: 3 arquivos de aço ")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98838", "124")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98838", "Lote com: 12 arquivos ")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99287", "125")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99287", "Lote com: Conjunto com 2 cadeiras e 1 mesa.")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99288", "126")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99288", "Lote com: Conjunto com 2 cadeiras e 1 mesa.")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99289", "127")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99289", "Lote com: Conjunto com 2 cadeiras e 1 mesa.")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99290", "128")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99290", "Lote com: Conjunto com 2 cadeiras e 1 mesa.")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99291", "129")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99291", "Lote com: Conjunto de 2 mesas e 4 cadeiras ")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99292", "130")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99292", "Lote com: Conjunto de 2 mesas e 4 cadeiras ")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99293", "131")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99293", "Lote com: 24 cadeiras em corino.")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99300", "132")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99300", "Lote com: Aproximadamente 18 partes de sofás de canto -  Sem uso - diversos ponta de estoque")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99301", "133")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99301", "Lote com: 600 kilos de sacaria de estopa - Bom estado ( preço por lote )")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99299", "134")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99299", "Lote com: 2 Pneus 235/50/18")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99302", "135")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99302", "Lote com: 500 uni. Catracas com cintas 2.5mm - 400Kg - 5 metros ")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99303", "136")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99303", "Lote com: 10 uni. Ombrelones ( inteiros e faltando peças) ")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99304", "137")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99304", "Lote com: 80 uni. Bonecos tipo lego colecionáveis ")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99305", "138")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99305", "Lote com: 55 bonecos tipo lego - colecionáveis ")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99789", "139")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99789", "Painel de senha ")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99790", "140")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99790", "Seladora Isamaq")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99791", "141")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99791", "Lote com: 4 uni. poltrona em corino ")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99792", "142")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99792", "Lote com: 4 uni. Vídeo-cassete - 1 uni. Flauta - 85 uni. Fitas virgens.")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99793", "143")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99793", "Lote com: 2 sofás de 2 lugares - Suede luxo ")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99894", "144")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99894", "Lote com: 13 uni. ventiladores - 1 uni. aparelho de senha - 1 unid. microondas ")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99895", "145")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99895", "Container - 1000 litros ")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100024", "146")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100024", "Lote com: 2 aspiradores de pó 110v")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100025", "147")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100025", "Lote com: 2 aspiradores de pó 110v")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100026", "148")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100026", "Lote com: 2 mesas e 4 cadeiras - altos")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100027", "149")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100027", "Lote com: 2 mesas e 4 cadeiras ")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100028", "150")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100028", "Lote com: 2 mesas , 4 cadeiras e 1 cadeira de criança ")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100029", "151")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100029", "Bebedouro com filtro ")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100030", "152")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100030", "Lote com: 2 totens para tv.")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100031", "153")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100031", "Lote com: mesa e 6 cadeiras ")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100032", "154")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100032", "Aquário 1,20m x 0,50m x 0,40m")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100034", "155")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100034", "Lote com: 1 mesa e 3 cadeiras em alumínio ")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100035", "156")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100035", "Frigobar antigo ")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100036", "157")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100036", "Lote com: 20 cadeiras plásticas ")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100037", "158")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100037", "Lote com: 4 bancos altos plástico luxo - Tog")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100038", "159")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100038", "Lote com: 3 panelas inox Tramontina e 1 micro-ondas ")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...270 lines deleted...]
-      <c r="E22" s="5" t="inlineStr">
+      <c r="E170" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D23" s="4" t="inlineStr">
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100072", "160")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100072", "Aproximadamente 100 kilos de plásticos usados pra decoração de vasos e ambientes  (cor misto)")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E23" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D25" s="4" t="inlineStr">
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100073", "161")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100073", "Aproximadamente 120 kilos de plásticos usados pra decoração de vasos (cor laranja)")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E25" s="5" t="inlineStr">
+      <c r="E172" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F25" s="4" t="inlineStr">
-[...53 lines deleted...]
-      <c r="D27" s="4" t="inlineStr">
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100074", "162")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100074", "Aproximadamente 80 kilos de plásticos usados pra decoração de vasos ( cor amarelo)")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E27" s="5" t="inlineStr">
-[...63 lines deleted...]
-      <c r="E29" s="5" t="inlineStr">
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100075", "163")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100075", "Aproximadamente 120 kilos de plásticos usados pra decoração de vasos ( cor café)")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100319", "164")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100319", "Lote com: 7 suportes para tv.")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100320", "165")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100320", "Lote com: 2 tvs. LG 42 polegadas ")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
-      <c r="F29" s="4" t="inlineStr">
-[...4702 lines deleted...]
-      </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
-      <c r="A177" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100321", "166")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100321", "Tv LG 42 pol.")</f>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>