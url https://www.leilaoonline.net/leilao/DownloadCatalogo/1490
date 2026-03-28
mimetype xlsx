--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,3547 +269,3107 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98917", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98917", "  MOTO DE TRILHA - TTR 230 SEM DOCUMENTO - EQUIPADA - Parou funcionando")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98918", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98918", " Toyota Bandeirantes 1997/1998 - Parou funcionando")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98919", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98919", "Infiniti FX 35 2008 - Funcionando - Dívidas de ipva em R$ 13.000 (pago pelo comprador )  - Parou funcionando")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98922", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98922", "Mercedes ML 350 Bluetec - Diesel -  2013/2014 Final pl: 1  - Parou funcionando")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>142.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98920", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98920", " SUCATA - caminhão Iveco - Sem direito a documento - PL.: LCW8503 - CH.: ZCFC35701XD099077")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98923", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98923", " SUCATA - PAJERO HPE 3.2 D 2006/2007- SUCATA SEM DOCUMENTOS (4 portas com vidro blindado preto)- PL.:AAV-5559 - CH.: JMYLYV78W7JA00156 SEM DOCUMENTO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98921", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98921", " Caminhão MB 710 1997 - Atenção: SEM EQUIPAMENTO - Será vendido no Chassi.  - Parou funcionando")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98924", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98924", " Caminhão VW 17-250 E 2010/2011 - Trucado - Atenção: Necessário duas transferências.  Regularização e débitos por conta do comprador - Transferência falta regularizar.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98925", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98925", "Caminhão VW 13.150 2002 - Tanque - Número do motor fora do padrão - regularização por conta do comprador  - Parou funcionando")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>59.999,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98926", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98926", "Caminhão Ford Cargo 1722 2011/2012 -  Parou funcionando")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>82.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98927", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98927", "Caminhão Ford Cargo 1722 2011/2012 -  - Parou funcionando")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98928", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98928", "Caminhão Iveco - modelo 2011 - Parou funcionando")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>66.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98929", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98929", "Ford Cargo 4331 - Modelo 2004 - Parou funcionando")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98930", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98930", "Roçadeira Lavrale ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98931", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98931", " Reboque para Transporte de máquinas e equipamentos - 3 eixos - Sem direito a documento.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98932", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98932", "Compactador usimeca ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98933", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98933", "Compactador ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98934", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98934", "Cabine VW")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98935", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98935", "Compactador 3/4 ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98936", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98936", "Lote com: 6 unidades de tanque de combustível para caminhao")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98937", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98937", "Lote com: Diversas peças para Vw 24.250 e 9.150 - Eixo diferencial, cardam, fecho de molas , etc.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98938", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98938", "Reboque prancha - sem documento ( Patas de carneiro não inclusa ) ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98939", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98939", "Empilhadeira Diesel - 4 Toneladas  - Parou funcionando")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98940", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98940", "Rolo compactador cabinado - traçado - 2011  - Parou funcionando")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>117.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98941", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98941", "Sapinho pula pula ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98942", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98942", "Mini Jeep Fapinha - Motor Honda gasolina - partida elétrica - necessita revisão, parou funcionando ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100045", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100045", "Iveco Eccursor 450E - 2007/2007")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>62.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98943", "050")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98943", "Caminhão MB 2219 1980 6x4 - Adaptado com motor 366 - documentado - Carroceria para transporte de máquina ( Não acompanha sucata)")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98967", "051")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98967", " Caminhão MB LS 1935 - 1994/1994")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98984", "052")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98984", " Caminhão Euclid - Fora de estrada - Sem direito a documento")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98945", "053")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98945", "Caminhão Scania 420 6x4 2005 ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98955", "054")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98955", " VW 18.310 Titan - 2005 ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98946", "055")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98946", " Caminhão VOLVO NL 12 360 1995 - Pneus Bons")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98965", "056")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98965", " Caminhão MB L 1113 1978/1978 com caçamba - pneu sucata - Caçamba não consta no documento - regularização por conta do comprador")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>43.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98957", "057")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98957", " Caminhão MB 1313 1976")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98960", "058")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98960", " Caminhão MB 1618 1994 - Carroceria aberta")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>68.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98963", "059")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98963", " Caminhão Chevrolet 14000 Custom 1993 - Atenção: Necessário duas transferências")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98987", "060")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98987", " Caminhão MB 712 C - 1999")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>42.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98964", "061")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98964", "  Iveco 2002 - Atenção - Necessário duas transferências")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98975", "062")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98975", " SUCATA - Furgão Renault Master 13M3 2002/2003 - Sem direito a documento")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98959", "063")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98959", " SUCATA - Caminhão Scania - Sem direito a documento. ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98956", "064")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98956", " Ônibus marcopolo Volare v8L 2010 - escolar  - Atenção: necessário duas transferências")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98977", "070")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98977", " Carreta - Fueiro")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98980", "071")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98980", " Carreta - Fueiro")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98953", "072")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98953", " Carreta - 3 Eixos - 1994/1995")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98954", "073")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98954", " Carreta Alta 3 eixos - 1988")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98971", "074")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98971", " Equipamento Tanque - Trucado ( Somente equipamento )")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98985", "075")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98985", " Tanque 16 mil litros")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98961", "076")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98961", " Equipamento Poliguindaste - Somente equipamento.")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98973", "077")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98973", " Equipamento Poli Guindaste 3/4 - Somente Equipamento")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98962", "078")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98962", " Equipamento Munck - Somente equipamento")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98986", "079")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98986", "  Guindaste Madal 9 Ton -  Motor MB")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98968", "080")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98968", " Empilhadeira - 7 Ton.")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>36.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98988", "081")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98988", " Retroescavadeira 580H - estado de sucata")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98950", "082")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98950", "Retroescavadeira 750 MF 4x4 ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>52.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98951", "083")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98951", " Retroescavadeira MF 86")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98949", "084")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98949", " Empilhadeira Clark 7 Ton. - Diesel")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98970", "085")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98970", " Retroescavadeira Fiat FB 4x4 - Falta peças")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98982", "086")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98982", " Motocana MF 290")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98976", "087")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98976", " Arado 4 discos MF")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98979", "088")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98979", " Arado Hidráulico - 3 Discos")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98981", "089")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98981", " Roçadeira de arrasto")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98983", "090")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98983", " Lâmina Hidráulica")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98944", "091")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98944", " Trator Agrale 4300")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98947", "092")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98947", "Trator Agrale 4300")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98989", "093")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98989", " Trator Agrale 4100")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98948", "094")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98948", " Trator Agrale 4100")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98952", "095")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98952", " Trator MF 265")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98966", "096")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98966", " Trator CBT 2105")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98972", "097")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98972", " Trator CBT 1105")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98974", "098")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98974", " Trator Hanomag R545- Raridade")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98978", "099")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98978", " Trator MF 296")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98969", "100")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98969", " Trator MF 275")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98991", "101")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98991", "Trator Ford 4610 - Não funciona ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98992", "102")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98992", "Trator Yanmar - 2 cilindros ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98993", "103")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98993", "Trator MF 290 4x4 - 3 Alavancas")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98994", "104")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98994", "Pá MF 86 - Pula pula ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99663", "105")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99663", "[vídeo] Volvo FH12 380 2004 4x2T")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99664", "106")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99664", "MB 912 - 1989 - Baú ")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>53.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99665", "107")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99665", "Gerador - Motor Cummins 3 Cilindros - Diesel")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99666", "108")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99666", "Gerador - Motor Cummins 3 Cilindros - Diesel - Motor desmontado")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99667", "109")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99667", " Caminhão Volvo NL10 280 1992")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99668", "110")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99668", " VW Saveiro 1.6 CS 2011/2012 Flex")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99669", "111")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99669", " S90 - Estado Sucata")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99670", "112")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99670", "Mercedes ML 350 Bluetec - 2013/2014 - Diesel - Revisada ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>97.500,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99671", "113")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99671", "Lote com: 4 rodas com pneus seminovo pra novo medidas 265/50 R 19 Volkswagen")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99672", "114")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99672", "Lote com: 4 rodas com pneus seminovos chevrolet S-10 high country 265/60 R18")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99677", "115")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99677", " Para-choque Hilux 2018 ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99675", "116")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99675", " Para-choque Hilux 2018 ")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99678", "117")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99678", " Para-choque Hilux 2018 ")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99676", "118")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99676", " Para-choque Hilux 2018 ")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99679", "119")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99679", " Para-choque Hilux 2018 ")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99674", "120")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99674", " Para-choque Hilux 2018 ")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99673", "121")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99673", " Para-choque Hilux 2018 ")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99681", "122")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99681", " Para-choque Hilux 2018 ")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99680", "123")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99680", " Para-choque Hilux 2018 ")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99682", "124")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99682", "Ford Ranger XL - 1997 - Kit gás ")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99683", "125")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99683", "Caminhão MB 1519 1979 ")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99684", "126")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99684", "Sucata L200 4x4 GL Diesel 2.5 LD 09/10 - Sem direito a documento ")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99977", "127")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99977", "Kia Picanto Ex 2011/2012 ")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99979", "128")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99979", "Sucata de diferencial 2318 - com transferência - traçado ")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99978", "129")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99978", "SUCATA - Ford Ranger LTD 2007 - Sem direito a documento ")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99981", "130")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99981", "Trator MF 290 - Pneu Largo ")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100039", "131")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100039", "Motoniveladora Cat")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100040", "132")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100040", "Pá carregadeira Fiat ")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100041", "133")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100041", "Lote com: 2 diferenciais - Pá mecânica fiat ")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...38 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100042", "134")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100042", "Retroescavadeira MF ")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100043", "135")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100043", "Retroescavadeira Case 580H")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100044", "136")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100044", "CAT D8")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...782 lines deleted...]
-      <c r="E37" s="5" t="inlineStr">
+      <c r="E119" s="5" t="inlineStr">
         <is>
           <t>62.000,00</t>
         </is>
       </c>
-      <c r="F37" s="4" t="inlineStr">
-[...2622 lines deleted...]
-      </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98958", "137")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98958", " Pulverizador")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>