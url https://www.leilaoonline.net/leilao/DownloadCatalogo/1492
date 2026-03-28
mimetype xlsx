--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,3131 +269,2743 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97281", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97281", " COMPONENTES PARA CAMINHÕES E VEÍCULOS ( GM - MB - SCANIA - ENTRE OUTROS) - APROX. 1400 PEÇAS - GM - VW - MERCEDES -  VEJA DESCRITIVO DE ITENS ( LOC. UNIDADE BARRA - SP)")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>9.250,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97282", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97282", " COMPONENTES PARA TRATORES E MÁQUINAS PESADAS ( JD - FORD - MF - ENTRE OUTROS)- APROX. 500 PEÇAS  PARA CATERPILLAR  - CASE - PÁ CARREGADEIRA-  VEJA DESCRITIVO DE ITENS ( LOC. UNIDADE BARRA - SP)")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97285", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97285", " COMPONENTES PARA COLHEDORAS ( CAMEGO - CASE - JD - ENTRE OUTROS) - APROX. 470 PEÇAS - MANUTENÇÃO PARA JH - CASE - VALTRA  VEJA DESCRITIVO DE ITENS ( LOC. UNIDADE BARRA - SP)")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97283", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97283", " COMPONENTES AGRÍCOLAS INDUSTRIAIS E ROLAMENTOS - APROX. 6100 PEÇAS - VEJA DESCRITIVO DE ITENS ( LOC. UNIDADE BARRA - SP)")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97287", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97287", " COMPONENTES PARA CAMINHÃO TRATOR E COLHEDORAS  (GM - MB - ENTRE OUTROS)  - APROX. 1900 PEÇAS - VEJA DESCRITIVO DE ITENS ( LOC. UNIDADE BENACOOL - SP)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.350,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97284", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97284", " COMPONENTES AGRÍCOLAS INDUSTRIAIS E ROLAMENTOS ( MANUTENÇÃO)- APROX. 11.500 PEÇAS - MANUTENÇÃO -VEJA DESCRITIVO DE ITENS ( LOC. UNIDADE BENACOOL - SP)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97288", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97288", " COMPONENTES PARA AUTOS E CAMINHÕES (VW - FORD - GM - ENTRE OUTROS) - APROX. 840 PEÇAS MANUTENÇÃO - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BOM RETIRO -SP)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97286", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97286", " COMPONENTES PARA CAMINHÕES VOLVO  - APROX. 3300 PEÇAS MANUTENÇÃO - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BOM RETIRO -SP)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97289", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97289", " COMPONENTES PARA CAMINHÕES SCANIA  - APROX. 5100 PEÇAS MANUTENÇÃO - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BOM RETIRO -SP)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97290", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97290", " COMPONENTES PARA CAMINHÕES MERCEDES BENZ  - APROX. 9600 PEÇAS MANUTENÇÃO - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BOM RETIRO -SP)")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97297", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97297", " COMPONENTES PARA MÁQUINAS PESADAS ( MOT - CAT - ENTRE OUTROS)  - APROX. 4400 PEÇAS MANUTENÇÃO - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BOM RETIRO -SP)")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97292", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97292", " COMPONENTES PARA TRATORES (CASE - FORD - JD - ENTRE OUTROS)  - APROX. 500 PEÇAS MANUTENÇÃO - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BOM RETIRO -SP)")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>5.150,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97298", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97298", " COMPONENTES PARA TRATORES VALTRA - APROX. 2300 PEÇAS MANUTENÇÃO - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BOM RETIRO -SP)")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97293", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97293", " COMPONENTES PARA TRATOR MASSEY FERGUSON - APROX. 1700 PEÇAS MANUTENÇÃO - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BOM RETIRO -SP)")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97310", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97310", " COMPONENTES PARA CARREGADEIRAS - APROX. 700 PEÇAS MANUTENÇÃO - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BOM RETIRO -SP)")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97291", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97291", " COMPONENTES PARA COLHEDORAS (CAMEGO - CLASS - SANTAL - ENTRE OUTROS) - APROX. 1600 PEÇAS MANUTENÇÃO - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BOM RETIRO -SP)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97307", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97307", " COMPONENTES PARA COLHEITADEIRAS JOHN DEERE - APROX. 870 PEÇAS MANUTENÇÃO - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BOM RETIRO -SP)")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97301", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97301", " COMPONENTES PARA COLHEITADEIRAS CASE - APROX.  140 PEÇAS MANUTENÇÃO - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BOM RETIRO -SP)")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97309", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97309", " COMPONENTES PARA IMPLEMENTOS AGRÍCOLAS - APROX.  3550 PEÇAS MANUTENÇÃO - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BOM RETIRO -SP)")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97317", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97317", " COMPONENTES ELETRICOS - ELETRONICA INDUSTRIAL- APROX.  11000 PEÇAS MANUTENÇÃO - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BOM RETIRO -SP)")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97303", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97303", " COMPONENTES DE VEDAÇÃO - APROX.  1900 PEÇAS MANUTENÇÃO - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BOM RETIRO -SP)")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97296", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97296", " ROLAMENTOS MANCAIS E AFINS - APROX. 230 PEÇAS MANUTENÇÃO - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BOM RETIRO -SP)")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97300", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97300", " COMPONENTES - MATERIAIS INDUSTRIAIS DIVERSOS - APROX.  45500 PEÇAS MANUTENÇÃO - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BOM RETIRO -SP)")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97315", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97315", " COMPONENTES - PARA AUTOS E CAMINHÕES ( TOYOTA - GM - VW - MB - ENTRE OUTROS) - APROX.  4700 PEÇAS MANUTENÇÃO - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BONFIM -SP)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97302", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97302", " COMPONENTES - MANUTENÇÃO PARA CAT - APROX.  2500 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BONFIM -SP)")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97299", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97299", " COMPONENTES PARA TRATOR MASSEY FERGUSON - APROX.  4700 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BONFIM -SP)")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97312", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97312", " COMPONENTES PARA TRATOR JOHN DEERE  - APROX.  1100 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BONFIM -SP)")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97304", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97304", " COMPONENTES PARA TRATOR CASE E VALTRA  - APROX.  7800 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BONFIM -SP)")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>10.950,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97294", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97294", " COMPONENTES PARA COLHEDORA JOHN DEERE- APROX.  860 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BONFIM -SP)")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97295", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97295", " COMPONENTES PARA COLHEDORA CAMEGO - CASE E CARREGADERIA AGRICOLA- APROX.  2400 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BONFIM -SP)")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97313", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97313", " COMPONENTES PARA MOTORES - ACESSÓRIOS EXP. - APROX.  2250 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BONFIM -SP)")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97306", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97306", " COMPONENTES DE MANUTENÇÃO VALVULA/ PURGADOR / FILTROS- APROX.  460 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BONFIM -SP)")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>2.150,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97311", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97311", " COMPONENTES MANUTENÇÃO REBOQUES E SEMI-REBOQUES- APROX.  560 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BONFIM -SP)")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97314", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97314", " COMPONENTES MANUTENÇÃO INDUSTRIAL- APROX.  27000 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BONFIM -SP)")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97308", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97308", " COMPONENTES MANUTENÇÃO IMPLEMENTOS AGRÍCOLAS- APROX.  4000 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BONFIM -SP)")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.650,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97321", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97321", " COMPONENTES MATERIAIS ELETR. E ELETRONICOS- APROX.  21500 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE BONFIM -SP)")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>3.300,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97305", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97305", " COMPONENTES PARA CAMINHÕES / TRATORES / COLHEDORAS ENTRE OUTROS ( MANUTENÇÃO)- APROX.  1400 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE CAARAPO -SP)")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>2.550,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97322", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97322", " COMPONENTES PARA REBOQUES - IMPLEMENTOS AGRICOLAS E DIV.- APROX.  4650 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE COSTA PINTO -SP)")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97323", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97323", " COMPONENTES PARA AUTOS E CAMINHÕES  ( GM- MB - SCANIA ENTRE OUTROS)- APROX.  2500 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE COSTA PINTO -SP)")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97324", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97324", " COMPONENTES PARA TRATOR E COLHEDORAS ( VALTRA - MF - JD  ENTRE OUTROS)- APROX.  360 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE COSTA PINTO -SP)")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97326", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97326", " COMPONENTES PARA MANUTENÇÃO INDUSTRIAL- APROX.  2540 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE PARAGUAÇU -SP)")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97327", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97327", " COMPONENTES PARA AUTOS E CAMINHÕES  ( GM- VW - MB SENTRE OUTROS)- APROX.  699 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE DESTIVALE -SP)")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97325", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97325", " COMPONENTES PARA TRATOR E COLHEDORAS ( CASE - FORD - MOT - CAT  ENTRE OUTROS)- APROX.  520 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE DESTIVALE-SP)")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>8.950,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97328", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97328", " COMPONENTES PARA COLHEDORA ( MANUTENÇÃO CASE - SANTALAENTRE OUTROS) - APROX.  260 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE DESTIVALE -SP)")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97333", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97333", " COMPONENTES AGRÍCOLAS INDUSTRIAIS - ROLAMENTOS E DIVERSOS- APROX. 17100 PEÇAS - VEJA DESCRITIVO DE ITENS ( LOC. UNIDADE DESTIVALE - SP)")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97330", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97330", " COMPONENTES INDUSTRIAIS E ROLAMENTOS ( MANCAL - FILTRO ENTRE OUTROS)- APROX. 180 PEÇAS - VEJA DESCRITIVO DE ITENS ( LOC. DIAMANTE - SP)")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97331", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97331", " COMPONENTES AGRÍCOLA INDUSTRIAIS - ELETRICOS E ROLAMENTOS ( MANUTENÇÃO)- APROX. 4400 PEÇAS - VEJA DESCRITIVO DE ITENS ( LOC. DOIS CORREGOS - SP)")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97335", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97335", " COMPONENTES PARA AUTOS E CAMINHÕES  ( GM- FORD - MB ENTRE OUTROS )- APROX. 1150 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE GASA  -SP)")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97329", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97329", " COMPONENTES PARA TRATORES - MAQ PESADAS   ( CASE - FORD - MB - JD  ENTRE OUTROS )- APROX. 767 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE GASA  -SP)")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97332", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97332", " COMPONENTES PARA COLHEDORAS E CARREGADEIRAS   ( CASE - SANTAL - JD  ENTRE OUTROS )- APROX. 2710 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE GASA  -SP)")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97334", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97334", " COMPONENTES TURBINAS   ( TURBINAS A VAPOS - ACESSÓRIOS  ENTRE OUTROS )- APROX. 32  PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE GASA  -SP)")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97336", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97336", " COMPONENTES AGRÍCOLAS INDUSTRIAIS - ROLAMENTOS E DIVERSOS  ( COMPONENTES -MANUTENÇÃO ENTRE OUTROS )- APROX. 7058  PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE GASA  -SP)")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97344", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97344", " COMPONENTES PARA CAMINHÕES / TRATORES / COLHEDORAS ENTRE OUTROS ( MANUTENÇÃO)- APROX.  1140 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE IPAUSSU -SP)")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97339", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97339", " COMPONENTES PARA CAMINHÕES (GM - VW - FORD ENTRE OUTROS )- APROX.  2370 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE JATAÍ -GO)")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97351", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97351", " COMPONENTES PARA TRATORES  (JD - MF - FORD - VALTRA ENTRE OUTROS )- APROX.  740 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE JATAÍ -GO)")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>12.250,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97341", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97341", " COMPONENTES PARA COLHEDORAS  (CASE - CAMEGO - JD - SANTAL ENTRE OUTROS )- APROX.  1311 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE JATAÍ -GO)")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97349", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97349", " COMPONENTES PARA IMPLEMENTOS AGRICOLAS  ( CULTIVADOR - IRRIGADOR ENTRE OUTROS )- APROX. 2280 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE JATAÍ -GO)")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97318", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97318", " COMPONENTES PARA BOMBAS  ( MANUTENÇÃO )- APROX. 260 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE JATAÍ -GO)")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97337", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97337", " COMPONENTES VALVULAS   ( MANUTENÇÃO )- APROX. 630 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE JATAÍ -GO)")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97343", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97343", " COMPONENTES ELETRO ELETRONICOS   ( MANUTENÇÃO )- APROX. 1950 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE JATAÍ -GO)")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97340", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97340", " COMPONENTES INDUSTRIAIS ROLAMENTOS E DIVERSOS  ( VEDAÇÃO - FIXAÇÃO -MANUTENÇÃO )- APROX. 11070 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE JATAÍ -GO)")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97338", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97338", " COMPONENTES PARA CAMINHÕES (GM - MB - SCANIA ENTRE OUTROS )- APROX.  3109 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE JUNQUEIRA -SP)")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97346", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97346", " COMPONENTES PARA CAT (CHICOTE - PISTAO - MANUTENÇÃO )- APROX.  1170 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE JUNQUEIRA -SP)")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97347", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97347", " COMPONENTES PARA TRATORES  (JD - CASE - MF  ENTRE OUTROS )- APROX.  2670 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE JUNQUEIRA -SP)")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97342", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97342", " COMPONENTES PARA COLHEDORAS E CARREGADEIRAS (MANUTENÇÃO )- APROX.  2000 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE JUNQUEIRA -SP)")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97345", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97345", " COMPONENTES AGRÍCOLAS INDUSTRIAIS - ROLAMENTOS DIVERSOS  (MANUTENÇÃO  )- APROX. 11280  PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. JUNQUEIRA-SP)")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97350", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97350", " COMPONENTES MANUTENÇÃO  INDUSTRIAIS - APROX. 150  PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. MARACAI-SP)")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97348", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97348", " COMPONENTES PARA CAMINHÕES E AUTOS (GM - FORD - VW ENTRE OUTROS )- APROX.  2810 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE MUNDIAL -SP)")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97352", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97352", " COMPONENTES PARA TRATORES E MÁQUINAS PESADAS  (CASE - FORD - JD ENTRE OUTROS )- APROX.  1030 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE MUNDIAL -SP)")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97361", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97361", " COMPONENTES PARA COLHEDORAS E CARREGADEIRAS  (MANUTENÇÃO )- APROX.  2570 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE MUNDIAL -SP)")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97316", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97316", " COMPONENTES AGRÍCOLAS INDUSTRIAIS - ROLAMENTOS DIVERSOS  (MANUTENÇÃO  )- APROX. 5250  PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE MUNDIAL-SP)")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97358", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97358", " COMPONENTES PARA CAMINHÕES - AGRIOCOLAS INDUSTRIAIS - ROLAMENTOS DIVERSOS  (MANUTENÇÃO SCANIA - MB - VOLVO  )- APROX. 1250  PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE RAFARD-SP)")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>2.050,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97356", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97356", " COMPONENTES PARA COLHEDORAS   (MANUTENÇÃO)- APROX. 4  PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC.  UNIDADE SANTA CANDIDA-SP)")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97319", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97319", " COMPONENTES PARA CAMINHÕES   (VW - MB - SCANIA ENTRE OUTROS)- APROX.1800  PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC.  UNIDADE SANTA HELENA-SP)")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97367", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97367", " COMPONENTES PARA TRATORES MAQUINAS PESADAS   (CASE - JD - MF ENTRE OUTROS)- APROX.1530  PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE SANTA HELENA-SP)")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>6.300,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97320", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97320", " COMPONENTES AGRÍCOLAS INDUSTRIAIS - ROLAMENTOS DIVERSOS  (MANUTENÇÃO  )- APROX. 2640  PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE SANTA HELENA-SP)")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97372", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97372", " COMPONENTES PARA COLHEDORAS (MANUTENÇÃO  )- APROX. 380 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE SANTA HELENA-SP)")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97368", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97368", " COMPONENTES PARA CAMINHÕES   (VOLVO - MB - SCANIA ENTRE OUTROS)- APROX.1800  PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE SÃO FRANCISCO-SP)")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97360", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97360", " COMPONENTES PARA COLHEDORAS   (MANUTENÇÃO)- APROX. 260  PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE SÃO FRANCISCO-SP)")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>2.050,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97359", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97359", " COMPONENTES AGRÍCOLAS INDUSTRIAIS - ROLAMENTOS DIVERSOS  (MANUTENÇÃO  )- APROX. 5100  PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE SÃO FRANCISCO-SP)")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>2.850,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97369", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97369", " COMPONENTES TRATORES MAQUINAS PESADAS  (CASE - FIAT - JD ENTRE OUTROS   )- APROX. 360  PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE SÃO FRANCISCO-SP)")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97370", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97370", " COMPONENTES AGRÍCOLAS INDUSTRIAIS - ROLAMENTOS DIVERSOS  (MANUTENÇÃO  )- APROX. 1190  PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE SERRA-SP)")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97363", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97363", " COMPONENTES PARA CAMINHÕES E AUTOS (GM - MB - SCANIA ENTRE OUTROS )- APROX.  3080 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE TAMOIO-SP)")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97357", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97357", " COMPONENTES PARA CATERPILAR  (MANUTENÇÃO )- APROX.  1050 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE TAMOIO-SP)")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97364", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97364", " COMPONENTES PARA TRATORES (CASE - JD - MF  ENTRE OUTROS )- APROX.  1460 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE TAMOIO-SP)")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97353", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97353", " COMPONENTES PARA COLHEDORAS (MANUTENÇÃO )- APROX.  1080 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE TAMOIO-SP)")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97374", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97374", " COMPONENTES ELETRO ELETRONICOS (MANUTENÇÃO )- APROX.  1100 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE TAMOIO-SP)")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1.950,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97355", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97355", " COMPONENTES ELETRO ELETRONICOS (MANUTENÇÃO )- APROX.  11790 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE TAMOIO-SP)")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97365", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97365", " COMPONENTES DIVERSOS (MANUTENÇÃO )- APROX.  5750 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE TARUMA-SP)")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97371", "090")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97371", " COMPONENTES PARA CAMINHÕES E AUTOS (GM - MB - VW ENTRE OUTROS )- APROX.  2400 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE UNIVALEM-SP)")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97354", "091")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97354", " COMPONENTES PARA CATERPILAR  (MANUTENÇÃO )- APROX.  630 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE UNIVALEM-SP)")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97373", "092")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97373", " COMPONENTES PARA TRATORES  (CASE - FORD - JD MF ENTRE OUTROS )- APROX.  1460 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE UNIVALEM-SP)")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97366", "093")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97366", " COMPONENTES PARA COLHEDORAS CAMEGO JD E CARREGADEIRAS (MANUTENÇÃO )- APROX.  840 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE UNIVALEM-SP)")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97375", "094")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97375", " COMPONENTES PARA COLHEDORAS CASE (MANUTENÇÃO)  - APROX. 3300 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE UNIVALEM-SP)")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...121 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97362", "095")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97362", " COMPONENTES PARA IMPLEMENTOS AGRÍCOLAS  (MANUTENÇÃO)  - APROX. 2770 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE UNIVALEM-SP)")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97376", "096")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97376", " COMPONENTES DE MATERIAIS INDUSTRIAIS - ROLAMENTOS DIVERSOS  (MANUTENÇÃO)  - APROX. 10630 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE UNIVALEM-SP)")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...2814 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97377", "097")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97377", " COMPONENTES PARA CAMINHÃO - TRATORES - COLHEDORAS AGRICOLAS INDUSTRIAIS  (MANUTENÇÃO)  - APROX. 430 PEÇAS  - VEJA DESCRITIVO DE ITENS - (LOC. UNIDADE ZANIN-SP)")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>