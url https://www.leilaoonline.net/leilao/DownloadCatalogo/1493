--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,283 +269,251 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97441", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97441", " CARRETA CARGA SEMI-REBOQUE, SR/LIBRELATO CACAENCR 3E,  CARROCERIA ABERTA. COMPRIM. 12,40 M. NO ESTADO. ANO/ MOD:  2012 PLACA:  FDC9F18 RENAVAM:  481497234 CHASSI:  9A90AN673CCDJ5098")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97439", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97439", " CARRETA CARGA SEMI-REBOQUE, SR/FACCHINI SRF CA, CARROCERIA ABERTA. COMPRIM.: 13,50 M.  COM 5 TAMPAS. NO ESTADO. ANO/ MOD:  2009/2010 PLACA:  JSV7E49 RENAVAM:  181560879 CHASSI:  94BA13539AV024874")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97438", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97438", " BITREM COM 2 CARRETAS SENDO:  CARRETA CARGA SEMI-REBOQUE, SR/NOMA SR2E18RT2 CG, CARROCERIA ABERTA. E  CARRETA CARGA SEMI-REBOQUE, SR/NOMA SR2E18RT1 CG, CARROCERIA ABERTA. NO ESTADO. ANO/ MOD:  2005 PLACA:  DBL8013 E DBL8012,   RENAVAM:  00855917547.  E  00855982225. CHASSI:  9EP07082051002936 E  9E")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97440", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97440", " CAÇAMBA 12 M. INCOMPLETA. PISTÕES SOLTOS EM CIMA.  OBS.  CARRETINHA EM BAIXO NÃO VAI.  NO ESTADO.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97444", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97444", " COMPACTADOR DE LIXO CIMEL 15 M. NO ESTADO.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97442", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97442", " CAÇAMBA. TOCO, SEM TAMPA TRAS. , USADA PARA SILAGEM. NO ESTADO.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97443", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97443", " CARRETA CARGA SEMI-REBOQUE RANDON SR TQ TL, GRADE BAIXA, COM PNEUS. (SEM PLAQUETA). NO ESTADO. ANO/MOD. 1993 PLACA:  JZK1G80 RENAVAM:  00127201653. CHASSI:  9ADV12330PM100923")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...158 lines deleted...]
-      </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97445", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97445", " CHEVROLET MONTANA LS, NO ESTADO. ANO/ MOD:  2011/2012 PLACA:  PFF final 7 . NO ESTADO. ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>