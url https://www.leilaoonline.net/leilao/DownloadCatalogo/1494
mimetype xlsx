--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1051 +269,923 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97390", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97390", " Balança Toledo - Capacidade 1 tonelada")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97389", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97389", " Lote com: 22 unidades - Cantoneiras Mão Francesa de 3.5” X 1/4” - 1,40 metros")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97397", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97397", " Escada com 5 Degraus - 1 metro de altura - Pisante de 1,10m X 0.80m")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97392", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97392", " Escada com 5 Metros de comprimento - Pisantes de 1,10m x 2,50m")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97395", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97395", " Escada De 7,10 metros de comprimento - Pisantes de 0,80 m X 2,50m")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97393", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97393", " Escada Montada com 1, 35m De altura - Piso superior de 1m X 1m - 7 degraus")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97396", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97396", " Exaustor de 1900mm X 1000mm - Motor 5 cv 1160rpm - com roldanas")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97394", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97394", " Guarda Corpo desmontado - 21 metros lineares de estrutura tubular com diâmetro de 1.5"")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97391", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97391", " Guincho Hincol modelo H 31000 - 8 ton - telescópico com 4 lanças hidráulicas e 4 sapatas estabilizadoras, podendo ser testadas no local")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>105.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97398", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97398", " Master Cort   - Serra de fita com comando Hidráulico. Capacidade de corte de 800 X 800 mm. Comprimento da serra 8900 mm X 2". Sistema de refrigeração à água")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>105.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97399", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97399", " Mesa elevatória  eletro-hidráulica")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97400", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97400", "  Mezanino  - vigas brancas. 2,80 X 3,80m")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97404", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97404", "  Mezanino  - vigas amarelas. 3,30 X 5,50.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97402", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97402", " Mezanino  - vigas amarela / pretas. 3,20 X 4,90.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97403", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97403", " Mezanino  - vigas verdes. 3,40 X 3,70m.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97401", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97401", " Mezanino  - vigas brancas.  4,90X 6,20m.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97405", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97405", " Motor flangeado Búfalo de 30 cv ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97409", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97409", " Ponte Rolante com capacidade de 5 ton.- 3850 mm de comprimento - Viga de 10"")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97408", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97408", " Redutor 1/40 eixo de saída diâmetro 110mm X 800 de altura  X 1000mm de comprimento -")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97410", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97410", " Unidade Hidráulica com motor de 30cv - 390 Volts - Bomba hidráulica de 120lb- 80 Ton. -")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97406", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97406", " Lote com: Dois redutores  "Red-Var" de 1 : 20 - motor Arno de 7,5 cv - entrada 1740rpm - saída 87 rpm")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97407", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97407", " Torno Faciador - Furadeira "Toyoda Koki" - ano de fabricação 2.000. ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97412", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97412", " Lote com: Nove válvulas de aço, sendo 4 inoxidáveis. ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97411", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97411", " Ventoinha de exaustão "Combustherm" com largura de 700 mm X altura de 800mm - motor Weg 4 cv - 3450 rpm")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97415", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97415", " Vigas  - amarelas. 10 unidades de 10" X 10" - 41 Metros lineares - Apróx. 2.700kg")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97418", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97418", " Vigas  - brancas. 4 unidades de 8" X 5" - 2,95 metros de comprimento - Peso Total aproximado 335 Kg")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97417", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97417", " Vigas  - verdes. 10 unidades de 10" X 5" - 3,65 metros de comprimento - Peso total aproximado  1.650 Kg")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97413", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97413", " Unidade Hidráulica vermelha com motor WEG 5 cv - 380 Volts - comando hidráulico de 70 bar - 40 Ton")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97414", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97414", " Redutor 1/50 - eixo de 1" com motor hidráulico. Redutor 250 mm X 300 mm X 140mm")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...117 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97419", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97419", " Motor Weg de 2 hp com variador de velocidade. Variação de 400 a 2000rpm")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97416", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97416", " Unidade Hidráulica verde com motor Weg 1,5 cv - com bomba ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...766 lines deleted...]
-      </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97420", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97420", " Unidade Hidráulica verde com motor Weg 1,5 cv - com bomba ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>