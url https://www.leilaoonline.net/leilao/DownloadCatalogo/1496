--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1851 +269,1623 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98372", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98372", "MOTO-FREIO WEG 30HP W22")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>6.100,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98373", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98373", "MOTOR WEG 25HP 1700RPM")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98374", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98374", "MOTOR WEG 60HP 1700RPM W22 PLUS")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>8.200,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98375", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98375", "MOTO-FREIO WEG 30HP WMINING PREMIUM")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>5.650,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98376", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98376", "MOTO-FREIO WEG 30HP ALTO PLUS RENDIMENTO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>6.100,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98377", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98377", "MOTOR WEG 20HP 1700RPM W22 PREMIUM")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98378", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98378", "MOTOR 60HP 1700RPM")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>7.300,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98379", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98379", "MOTOR EBERLE 75HP 1700RPM")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98380", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98380", "MOTOR WEG 40HP 1700RPM WMINING PREMIUM")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>6.700,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98381", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98381", "REDUTOR DE VELOCIDADE PTI FALK 100HP/160HP - RED. 1:42")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98387", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98387", "REDUTOR DE VELOCIDADE PTI FALK 60/103HP - RED. 1:26")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98382", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98382", "REDUTOR DE VELOCIDADE PTI FALK 100HP/160HP - RED. 1:42")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98383", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98383", "REDUTOR DE VELOCIDADE PTI FALK 40HP/74,5HP - RED. 1:25")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98384", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98384", "REDUTOR DE VELOCIDADE PTI FALK 25HP - RED. 1:37")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98385", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98385", "REDUTOR DE VELOCIDADE PTI FALK 100HP/157HP - RED. 1:21")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98386", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98386", "REDUTOR DE VELOCIDADE PTI FALK 60/103HP - RED. 1:26")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98388", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98388", "MOTORREDUTOR PTI FALK 25HP MOTOR WEG W22")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98389", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98389", "FREIO ELETROMAGNÉTICO A DISCO EMH FDE 50")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98390", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98390", "FREIO ELETROMAGNÉTICO A DISCO EMH FDE 50")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98391", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98391", "RODA COMPONENTE 680X230X300MM; APLICAÇÃO: CARREGADOR DE NAVIO; SUBAPLICAÇÃO: TRUCK DE TRANSLAÇÃO (2 UNIDADES)")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98392", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98392", "RODA COMPONENTE 680X230X300MM; APLICAÇÃO: CARREGADOR DE NAVIO; SUBAPLICAÇÃO: TRUCK DE TRANSLAÇÃO (2 UNIDADES)")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98393", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98393", "RODA COMPONENTE 680X230X300MM; APLICAÇÃO: CARREGADOR DE NAVIO; SUBAPLICAÇÃO: TRUCK DE TRANSLAÇÃO (2 UNIDADES)")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98394", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98394", "PUNCIONADEIRA FRANHO - CÓD. 1145")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97569", "101")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97569", "CARRINHO DE 2 RODAS DRIMEC (PRECISA DE MANUTENÇÃO) ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97570", "102")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97570", "ELEVADOR MONTA CARGA PLATAFORMA 1X1M")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97571", "103")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97571", "FILTRO MANGA")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97572", "104")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97572", "CORTADORA DE PISO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97573", "105")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97573", "AFIADORA DE BROCAS WAIDA MODELO DW-31S")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97574", "106")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97574", "PLAINA LIMADORA SANCHEZ BLAINES")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97575", "107")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97575", "PRENSA EXCÊNTRICA 8 TON. HARLO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97576", "108")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97576", "BALANCIM 15 TONELADAS INCOMPLETO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97577", "109")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97577", "JATO DE GRANALHA")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97578", "110")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97578", "SERRA POLICORTE MONOFÁSICA")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97580", "113")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97580", "FURADEIRA DE BANCADA TRIFÁSICA MOTOMIL")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97581", "114")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97581", "ROTULADEIRA SYSTEM")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97582", "115")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97582", "TRANSPALETEIRA MANUAL")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97583", "117")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97583", "MASTRO PARA BANDEIRA 10M")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97584", "121")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97584", "MOINHO 300MM")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97585", "122")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97585", "SISTEMA DE CÂMERA SEESNAKE")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97586", "123")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97586", "SISTEMA DE CÂMERA SEESNAKE")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97587", "125")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97587", "BRAÇO GIRATÓRIO 500KG")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97588", "126")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97588", "CONTRAPONTO DE TORNO")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97589", "128")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97589", "DINAMÔMETRO KRATOS K500SMP")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97590", "130")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97590", "QUEIMADOR DE COMBUSTÍVEL GLP PARA CALDEIRA TENGE")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97591", "131")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97591", "TRITURADOR DE PAPEL PARA ESCRITÓRIO")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97592", "132")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97592", "BRAÇO GIRATÓRIO 360 GRAUS")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97593", "133")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97593", "TRITURADOR EM AÇO INOX GERICKE")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97594", "136")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97594", "COMPRESSOR WAYNE 20 PÉS")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97595", "137")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97595", "1 UNIDADE DE PISTÃO HIDRÁULICO (160CM X 20CM DIÂMETRO DO ÊMBOLO)")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97603", "138")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97603", "1 UNIDADE DE PISTÃO HIDRÁULICO (160CM X 20CM DIÂMETRO DO ÊMBOLO)")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97596", "139")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97596", "MÁQUINA PARA EMBALAR")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97597", "140")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97597", "MOTOESMERIL TRIFÁSICO")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...122 lines deleted...]
-      <c r="A16" s="5" t="inlineStr">
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97598", "142")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97598", "LOTE DE CATRACAS DE ACESSO EM AÇO INOX USADAS (10 UNIDADES)")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>2.950,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97599", "143")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97599", "LOTE DE CATRACAS DE ACESSO EM AÇO INOX USADAS (10 UNIDADES)")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97600", "144")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97600", "LOTE DE CATRACAS DE ACESSO EM AÇO INOX USADAS (10 UNIDADES)")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="B16" s="4" t="inlineStr">
-[...233 lines deleted...]
-      <c r="D23" s="4" t="inlineStr">
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97601", "145")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97601", "LOTE DE CATRACAS DE ACESSO EM AÇO INOX USADAS (10 UNIDADES)")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="E23" s="5" t="inlineStr">
-[...1343 lines deleted...]
-      <c r="E65" s="5" t="inlineStr">
+      <c r="E66" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F65" s="4" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97602", "146")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/97602", "EIXO")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>