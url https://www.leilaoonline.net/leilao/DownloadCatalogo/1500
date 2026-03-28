--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,155 +269,139 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98275", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98275", " SUCATA - SEM DOCUMENTOS - I/AUDI A6 3.0,   ANO/ MOD:  2003 / 2004 PLACA:  DMO-0576 RENAVAM:  00829321381. CHASSI:  WAUJT24B04N005241 MOTOR:  BBJ011186,  BLINDADO. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98272", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98272", " SUCATA - SEM DOCUMENTOS - I/AUDI A4 3.0. ANO/ MOD:  2004 PLACA:  FAA-0082 RENAVAM:  00849520282. CHASSI:  WAUJT68E64A221596 MOTOR:  BBJ016610,  BLINDADO.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98274", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98274", " SUCATA - SEM DOCUMENTOS - I/AUDI A6 3.0,   ANO/ MOD:  2001 / 2002 PLACA:  LOH1500 RENAVAM:  00791286622. CHASSI:  WAUJT24B62N075825 MOTOR:  BBJ006854,  BLINDADO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...62 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98273", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98273", " SUCATA - SEM DOCUMENTOS - I/AUDI A4 3.0. ANO/ MOD:  2001 / 2002 PLACA:  ESM0022 RENAVAM:  00783334338. CHASSI:  WAUJT68E12A117594 MOTOR:  BBJ005711, BLINDADO.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>