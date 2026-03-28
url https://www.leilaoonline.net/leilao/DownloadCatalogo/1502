--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,1115 +269,979 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99778", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99778", "Caminhão Betoneira M.Benz L 2220. Ano 1990.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>51.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99506", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99506", " Diferencial Volvo. Modelo NL 10 340")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98112", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98112", " Baú Aluminio Hyndai/Kia")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>3.350,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99510", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99510", " Eixo dianteiro M/ Benz")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99507", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99507", " Trator Valtra. Mod. BH180. Ano 2006")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>109.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99512", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99512", " Trator Valtra. Mod. BH180. Ano 2004")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>107.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99890", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99890", "Carroceria Prancha")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98110", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98110", "Caminhão Mercedes Benz. Mod. 1215C. Ano 2002. Munck 12 ton e cabine de serviços. Documentação 2021.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>130.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99508", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99508", " Caminhão Basculante VW. Mod. 26-260 E. Ano 2008")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>143.250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99509", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99509", " Caminhão M Benz. Mod. L 1113. Ano 1972")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99766", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99766", "Sucata de Chassi GM Chevrolet D20. Ano 1982. Sem direito a documentação. Com certificado de baixa")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99771", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99771", " VW Kombi lotação. Flex. Ano 2009/2010")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98111", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98111", " Rolo compactador SPV68")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98113", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98113", "Caminhão Espargidor GM Chevorlet 60. Ano 1978/78")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>63.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99769", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99769", " VW Kombi lotação. Flex. Ano 2010/2011")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98106", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98106", "Carroceria borracheira ano 2014. Com compressor e tanque de água ano 2014. ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98095", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98095", " Par de Aro de roda Massey Ferguson 7000 MF")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98096", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98096", "1 Pneu usado")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.600,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...32 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99773", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99773", " Cabine Volvo")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99770", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99770", " Silo capacidade 20 ton")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98107", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98107", "[ VÍDEO ] Trator Case. Mod. 180cv. Ano 2013")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>120.750,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99772", "021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99772", "[ VÍDEO ] Pá Carregadeira Case. Mod. W20.  Transmissão 18000. Ano 1984")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>107.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99776", "022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99776", " VW Fusca 1300 L. Ano 1979")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99767", "023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99767", " Lote de pesos: Massey, New Holland e Valtra")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...79 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99775", "024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99775", " 11 unidades de rodas")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98103", "025")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98103", "Redutor hidráulico")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99774", "026")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99774", " 8 unidades de Cabeçotes Motor John Deere 6090 . 9.0 litros")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99777", "027")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99777", " 02 tanques Plásticos DM")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99768", "028")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99768", "  5 tanques: 04 Massey Ferguson 7000 e 01 New Holland TL")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99785", "029")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99785", "[ VÍDEOS ] RETROESCAVADEIRA JCB .Mod. 214. 4 x 2. Ano 2000")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A18" s="5" t="inlineStr">
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>75.250,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99786", "030")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99786", "Tanque limpa fossa de 10 mil litros com bomba. Ano 2015")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="B18" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A19" s="5" t="inlineStr">
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>30.250,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99983", "031")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99983", "Tanque pipa de fibra 16 mil litros ano 2010 com encanamento em inox com bomba")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99984", "032")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99984", "Tanque limpa fossa 20 mil litros ano 2016 com bomba -  ( somente tanque sem o caminhão) ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="B19" s="4" t="inlineStr">
-[...781 lines deleted...]
-      </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>50.750,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98093", "054")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98093", "TRANSBORDO SANTA IZABEL. 10,5 toneladas. ANO 2010 (Ref.RT05)")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>