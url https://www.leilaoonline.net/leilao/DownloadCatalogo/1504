--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,507 +269,447 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98538", "114")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98538", " ROSQUEADEIRA RIDGID 535               ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.910,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98539", "119")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98539", " TUPIA MAZUTTI TU600 MOTOR 02HP                    ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>6.050,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98535", "120")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98535", " DESEMPENADEIRA ACERBI DEC-3                       ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>5.150,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98530", "420")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98530", " CARRO ELETRICO GARDEN GC CARGO                    ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>6.230,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98537", "438")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98537", " FURADEIRA INVICTA HORIZ RI/15                     ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98529", "439")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98529", " BANCADA EM PEROBA FIEL M-8 170X80X90              ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>480,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98532", "440")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98532", " TORNO DE MADEIRA INVICTA DL-40                    ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>128</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>7.090,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100317", "441")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100317", "CHEVROLET/ CELTA 1.0 LS, 2011/2012, PRATA,  ALCOOL/ GASOLINA - LOC: SÃO PAULO/ SP")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100322", "442")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100322", "FORD/FIESTA 1.0 8V, 2005/2006, PRATA, GASOLINA - LOC: SÃO PAULO/ SP")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99265", "443")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99265", "LOTE DE 40 CADEIRAS GIRATÓRIAS, STAFF MOLILIARE , LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>4.900,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98536", "444")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98536", " 23 CADEIRAS GIRATÓRIAS GIROFLEX MOD. F6 - CONFIRA DESCRITIVO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>3.790,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98533", "445")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98533", " 19 CADEIRAS GIRATÓRIAS GIROFLEX MOD. F8 - CONFIRA DESCRITIVO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>4.520,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98531", "446")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98531", " 11 CADEIRAS GIRATÓRIAS GIROFLEX MOD. DIALOGO - CONFIRA DESCRITIVO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>2.680,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98541", "447")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98541", " 27 CADEIRAS GIRATÓRIAS GIROFLEX MOD. F6 - CONFIRA DESCRITIVO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>4.460,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98534", "448")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98534", " 27 CADEIRAS GIRATÓRIAS GIROFLEX MOD. F6 - CONFIRA DESCRITIVO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>4.310,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>