--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,4091 +269,3583 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98395", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98395", "MOTOR WEG 75HP 2 POLOS 220V")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>4.600,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98396", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98396", "MOTOR 50HP 4 POLOS 220V/380V")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>4.300,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99503", "005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99503", "MOTOR WEG 50HP 6 POLOS 380V/660V")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>5.200,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98397", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98397", "MOTOR 50HP 4 POLOS 220V/380V")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>4.400,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98398", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98398", "MOTOR WEG 15HP 2 POLOS 380V/660V")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98449", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98449", "MOTOR ELÉTRICO 60HP 4 POLOS 1785RPM 440V")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98450", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98450", "MOTOR ELÉTRICO WEG 0,75HP 2 POLOS 3500 RPM 440V")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98451", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98451", "MOTOR ELÉTRICO WEG APROX. 60HP S/PLAQUETA")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98452", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98452", "MOTOR ELÉTRICO WEG 7,5HP 2 POLOS 3500 RPM 440V W22")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98453", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98453", "MOTOR ELÉTRICO 60HP 4 POLOS 1700RPM 22V/440V")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98399", "020")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98399", "MOTORREDUTOR 3HP")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98400", "022")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98400", "TORNO MECÂNICO HBX PROMECA")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99504", "023")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99504", "MOTOR WEG 20HP 2 POLOS 220V/380V")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99505", "030")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99505", "LOTE COM APROXIMADAMENTE 1800KG DE PISO PARA MEZANINO (PREÇO POR KG)")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99780", "031")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99780", "SERRA VAI E VEM; MARCA FORTUNA")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98401", "041")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98401", " LOTE COM 6 CAIXAS TÉRMICAS PARA MARMITA E TAMPAS EXTRAS")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98402", "045")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98402", " EQUIPAMENTO DESBOBINADOR PNEUMÁTICO C/ REGISTRO DE PRESSÃO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98403", "046")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98403", " EQUIPAMENTO BOBINADOR/DESBOBINADOR/PUXADOR")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98404", "050")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98404", "FURAKAWA RACK ABERTO ENTERPRISE 45U")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98405", "108")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98405", "PISTA DE PATINAÇÃO SINTÉTICA COM PISO EM RESINA E ESTRUTURA DE FERRO APX. 200M²; ACOMPANHA PATINS -  DESMONTADA")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98406", "121")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98406", "MÁQUINA PARA DESCASCAR FIOS FEROLLA")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98407", "128")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98407", "BALANCIM HIDRÁULICO POPPI")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98408", "130")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98408", "PLATAFORMA ELEVATÓRIA PARA CAMINHÃO BÁU")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2.350,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98409", "147")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98409", "CARREGADOR DE BATERIA DE EMPILHADEIRA 80V/50A")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98410", "154")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98410", "FORNO MUFLA")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98411", "162")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98411", "TUNEL DE ENCOLHIMENTO WELDOTRON")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98412", "163")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98412", "PAINEL DE PARTIDA DE GERADORES")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98413", "201")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98413", "PRATELEIRAS DE AÇO (CONJUNTO COM 8 BANDEJAS DE 30X90CM E ALTURA DE 180 A 220CM DESMONTADOS); APROX. 700KG (PREÇO POR KG)")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>5,10</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98414", "202")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98414", "PRATELEIRAS DE AÇO (CONJUNTO COM 8 BANDEJAS DE 30X90CM E ALTURA DE 180 A 220CM DESMONTADOS); APROX. 700KG (PREÇO POR KG)")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>5,10</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98415", "207")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98415", "SECADOR DE AR METALPLAN")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98416", "210")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98416", "LOTE COM 9 ARQUIVOS PARA ESCRITÓRIO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98417", "219")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98417", "MÁQUINA DE LIMPEZA E TROCA DE LÍQUIDO DE ARREFECIMENTO OVERFLUSH")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98418", "224")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98418", "LOTE DE PORTA MOLDES E MOLDES PARA ESTAMPARIA PRENSA EXCÊNTRICA PREÇO POR KG")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>2.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98419", "229")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98419", "LOTE COM 6 CABEÇOTES PARA ROSQUEADEIRA RIDGID")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98420", "230")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98420", "2 MESAS PARA REFEITÓRIO COM 4 LUGARES")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98429", "247")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98429", "DISJUNTOR PVO MÉDIA TENSÃO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98428", "248")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98428", "LOTE COM 2 MESAS DE ESCRITÓRIO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98430", "249")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98430", "LOTE COM 3 MESAS EM "L" ESCRITÓRIO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98431", "256")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98431", "ESTRUTURA DE PRENSA BALANCIM MANUAL 15 TON.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98432", "301")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98432", "BOMBA DE VÁCUO TIPO ROOTS 15CV")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98433", "308")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98433", "ROSQUEADEIRA PARA TUBOS")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>2.650,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98434", "313")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98434", "MÁQUINA PARA PINTURA DE FAIXA VIARIA")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98435", "314")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98435", "MÁQUINA PARA PINTURA DE FAIXA VIARIA")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98436", "315")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98436", "MÁQUINA PARA PINTURA DE FAIXA VIARIA")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98437", "339")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98437", "EQUIPAMENTO PARA PINTURA ELETROSTATICA TECNOAVANCE")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98438", "350")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98438", "AR CONDICIONADO 50.000 BTUS (DESATIVADO FUNCIONANDO)")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98439", "351")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98439", "AR CONDICIONADO 50.000 BTUS (DESATIVADO FUNCIONANDO)")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98440", "352")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98440", "AR CONDICIONADO 50.000 BTUS (DESATIVADO FUNCIONANDO)")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98441", "353")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98441", "AR CONDICIONADO 50.000 BTUS (DESATIVADO FUNCIONANDO)")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98442", "354")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98442", "CARRINHO ABERTO PARA FERRAMENTAS (1 UNIDADE)")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98443", "355")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98443", "CARRINHO ABERTO PARA FERRAMENTAS (1 UNIDADE)")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98444", "356")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98444", "CARRINHO ABERTO PARA FERRAMENTAS (1 UNIDADE)")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98445", "357")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98445", "CARRINHO ABERTO PARA FERRAMENTAS (1 UNIDADE)")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98446", "367")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98446", "SELADORA ENCOLHEDORA RAL-TEC")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98447", "368")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98447", "PRENSA HIDRÁULICA SACA PINO")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98448", "372")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98448", "CARRINHO ABERTO PORTA FERRAMENTAS")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98454", "422")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98454", "MÁQUINA DE ROLOS COM MOTORREDUTOR")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98455", "428")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98455", "RACK GABINE PARA SERVIDOR C/PORTA DE VIDRO 185CM ALT. X 55CM LARG.. X 75CM COMP.")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98456", "429")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98456", "RACK GABINE PARA SERVIDOR C/PORTA DE VIDRO 210CM ALT. X 55CM LARG.. X 75CM COMP.")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98457", "431")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98457", "RACK GABINE PARA SERVIDOR C/PORTA DE VIDRO 200CM ALT. X 60CM LARG.. X 60CM COMP.")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98458", "432")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98458", "MISTURADOR EM AÇO INÓX MOTOR 40CV")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98459", "433")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98459", "TORNO REVOLVER")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98460", "434")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98460", "TORNO REVOLVER")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98461", "437")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98461", "MÁQUINA PARA DESCASCAR FIOS FEROLLA")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98462", "439")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98462", "BATEDOR PLANETARIA DE INÓX USIRAM")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98463", "441")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98463", "ENGRENAGEM PRENSA EXCÊNTRICA 160 180 TON.")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98464", "443")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98464", "MOINHO DE ROLOS GRÃOS CERÂMICA TIJOLO")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98465", "445")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98465", "COMPRESSOR REFRIGERAÇÃO CHILLER SABROE CMO 16 ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98466", "446")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98466", "BOMBA DE ENGRENAGEM SANITÁRIA INÓX PARA PRODUTOS VISCOSOS MOTOR 8 POLOS")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98467", "449")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98467", "1 CANHÃO E 1 PAR DE ROSCAS MIOTTO 65/120 (SEM USO)")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98468", "451")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98468", "MULTIFUNCIONAL TORNO FURADEIRA MADEIRA MONOFÁSICO")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98469", "455")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98469", "LAVA LOUÇA INDUSTRIAL ECOLAB ES2000")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98470", "456")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98470", "SECADOR DE AR COMPRESSOR PARAFUSO DOMINICK-HUNTER DPR 470 ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98471", "458")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98471", "PENEIRA VIBRATÓRIA EM AÇO INÓX")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98472", "460")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98472", "REATOR BATELADA BATEDOR AÇO CARBONO 250 LITROS")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98473", "466")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98473", "CARREGADOR BATERIA EMPILHADEIRA ELÉTRICA 24V/90A ")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98475", "469")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98475", "VARREDEIRA DE PISO DIRIGÍVEL TENNANT GÁS GLP")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98476", "471")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98476", "GERADOR 4KVA")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98477", "472")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98477", "BOBINADEIRA PARA TRANSFORMADORES TONANNI 500X300MM")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98478", "484")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98478", "JATO DE GRANALHA MARCA BLASTIBRÁS")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98479", "490")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98479", "PRENSA DE FRICÇÃO FORJARIA WELKO ARIETE 2000 220 TON")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98480", "500")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98480", "PRENSA SACA PINO 15 TONELADAS")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98481", "507")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98481", "COMPRESSOR DENTAL AIR ZAP MOD. DA 1100")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98482", "508")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98482", "ARQUIVO DESLIZANTE ACECO MEDIDAS A=2,20 x L=3,20 x C=4,77CM DESMONTADO")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98483", "513")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98483", "MOINHO 250MM KLE ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98484", "516")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98484", "MISTURADOR EM AÇO INÓX")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98485", "522")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98485", "PÓRTICO SEM TALHA 420CM LARG x 300CM ALT x 20CM ALT VIGA")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98486", "524")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98486", "PRENSA EXCÊNTRICA 8 TONELADAS HARLO")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98487", "525")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98487", "GUILHOTINA WMW 2500X12MM (1/2")")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98488", "529")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98488", "CARRINHO PARA MOVIMENTAÇÃO DE VEÍCULOS 600KG")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98489", "530")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98489", "CARRINHO PARA MOVIMENTAÇÃO DE VEÍCULOS 600KG")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98490", "531")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98490", "CARRINHO PARA MOVIMENTAÇÃO DE VEÍCULOS 600KG")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98491", "532")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98491", "BALANCIM 10 TONELADAS")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98492", "536")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98492", "CARRINHO PARA FERRAMENTAS MECÂNICO")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98493", "537")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98493", "CARRINHO PARA FERRAMENTAS MECÂNICO")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98494", "538")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98494", "CARRINHO PARA FERRAMENTAS MECÂNICO")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98495", "539")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98495", "CARRINHO PARA FERRAMENTAS MECÂNICO")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98496", "540")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98496", "CARRINHO PARA FERRAMENTAS MECÂNICO")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98497", "542")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98497", "VENTOINHA EXAUSTOR INDUSTRIAL PARA 20HP 2935RPM")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98498", "549")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98498", "TANQUE DE POLIPROPILENO PARA GALVANOPLASTIA E ANODIZAÇÃO 150 LITROS")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98499", "550")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98499", "AR CONDICIONADO 50.000 BTUS DESATIVADO - FUNCIONANDO")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98500", "551")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98500", "PRENSA DE FRICÇÃO 250 TON")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98501", "555")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98501", "CONTROLADOR PARA GERADOR ST2000P STEMAC")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98502", "556")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98502", "SERRA POLICORTE COM CORTE EM GRAU")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98503", "557")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98503", "SERRA CIRCULAR DESTOPADEIRA PENDULAR 600MM")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98504", "558")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98504", "DISJUNTOR PVO MÉDIA TENSÃO")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98505", "562")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98505", "MÁQUINA DE SOLDA BAMBOZZI TR 360")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98506", "563")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98506", "MÁQUINA DE SOLDA BAMBOZZI NM 2600 300A")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98507", "564")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98507", "CARRINHO ABERTO PARA FERRAMENTAS")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98508", "565")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98508", "CARRINHO ABERTO PARA FERRAMENTAS")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98509", "566")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98509", "CARRINHO ABERTO PARA FERRAMENTAS")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98510", "567")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98510", "CARRINHO ABERTO PARA FERRAMENTAS")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98511", "568")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98511", "CARRINHO ABERTO PARA FERRAMENTAS")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98512", "2002")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98512", "CABEÇOTE DE ESPALMADEIRA PVC FACA SOBRE CILINDRO - CÓD. 525 - CL2022")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>875,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...32 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98514", "2005")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98514", "EXTRUSORA DE PLÁSTICO EGAN JOHN BROWN 90MM - CÓD. 726 - CL2022")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>72.500,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98515", "2006")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98515", "EXTRUSORA DE PLÁSTICO EGAN JOHN BROWN 90MM - CÓD. 727 - CL2022")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98516", "2007")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98516", "CABEÇOTE FLAT DIE LAMINADO 3000MM - CL2022")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...238 lines deleted...]
-      <c r="E21" s="5" t="inlineStr">
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>20.450,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98517", "2008")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98517", "CALANDRA DE PLÁSTICO PARA LAMINADOS 3000MM - CL2022")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98518", "2010")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98518", "MISTURADOR E PRÉ AQUECEDOR PARA EXTRUSORA PLÁSTICO - CÓD. 732 - CL2022")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>2.125,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98519", "2017")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98519", "EXTRUSORA FLAT DIE 800MM CALANDRA E PUXADOR")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98520", "2019")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98520", "REATOR BATEDOR AÇO INOX 1/2 CANA 1000 LITROS - Cód. 569 - CL2022")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>4.375,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98521", "2021")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98521", "REATOR AÇO INOX 5000 LITROS MISTURADOR ENCAMISADO - CL2022")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98522", "2024")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98522", "BOMBA HELICOIDAL DOSADORA NIETSCH NM045SY01L07V 2002 - CL2022")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>1.125,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98524", "3023")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98524", " REATOR AÇO INOX 750 LITROS MISTURADOR ENCAMISADO - CÓD. 576")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98525", "3030")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98525", " MASSEIRA INDUSTRIAL MISTURADOR - CÓD. 696")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98526", "3064")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98526", " MÁQUINA EMENDAR TECIDO SINTETICO E COURINO DOHLE - CÓD. 686")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F21" s="4" t="inlineStr">
-[...159 lines deleted...]
-      <c r="F26" s="4" t="inlineStr">
+      <c r="F136" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-[...3518 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98527", "3088")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98527", " GUILHOTINA GRÁFICA FUNTIMOD - CÓD. 99")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>