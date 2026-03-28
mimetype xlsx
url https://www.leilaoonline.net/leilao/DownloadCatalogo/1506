--- v0 (2025-11-20)
+++ v1 (2026-03-28)
@@ -269,859 +269,755 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98571", "144")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98571", " FIAT STRADA CS 1.4 WKG, COR BRANCA, ANO 2015/2016, EQP.11081, LOC.JOÃO PINHEIRO/MG")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98570", "147")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98570", " FIAT STRADA CE 1.4 WKG,COR BRANCA,  ANO 2015/2015, EQP.11071, LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98573", "156")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98573", " MOTOSUCÇAO B4T715 BRANCO, ANO 2011, EQP.60154,LOC. JOÃO PINHEIRO/MG  ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98594", "184")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98594", "veja video- COLHEDORA  JOHN DEERE CH570, ANO 2016, EQP.40025  LOC.JOÃO PINHEIRO/MG")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>96</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>303.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98578", "185")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98578", " TRATOR JOHN DEERE 7715, ANO 2010, EQP.30013,  LOC.JOÃO PINHEIRO/MG")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>128</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>228.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98572", "186")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98572", " TRATOR JOHN DEERE 7715, ANO 2010, EQP.30020,  LOC.JOÃO PINHEIRO/MG")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>170.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98595", "187")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98595", " TRATOR JOHN DEERE 7715, ANO 2010, EQP.30030,  LOC.JOÃO PINHEIRO/MG")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>146</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>218.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98574", "188")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98574", " AREA DE VIVENCIA LANA, ANO 2011, EQP.60101,  LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98576", "189")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98576", " AREA DE VIVENCIA LANA, ANO 2011, EQP.60101,  LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98587", "192")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98587", " TRANSBORDO VTX 14000 TRACAN, ANO 2009, EQP.70005,,LOC. JOÃO PINHEIRO/MG  ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98589", "193")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98589", " TRANSBORDO VTX 14000 TRACAN, ANO 2009, EQP.70004,LOC. JOÃO PINHEIRO/MG  ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98579", "194")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98579", " TRANSBORDO VTX 14000 TRACAN, ANO 2009, EQP.70016,LOC. JOÃO PINHEIRO/MG  ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98586", "195")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98586", " TRANSBORDO VTX 14000 TRACAN, ANO 2009, EQP.70003,LOC. JOÃO PINHEIRO/MG  ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98590", "198")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98590", " TRANSBORDO VTX 14000 TRACAN, ANO 2009, EQP.70013,LOC. JOÃO PINHEIRO/MG  ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98591", "199")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98591", " TRANSBORDO VTX 14000 TRACAN, ANO 2009, EQP.70012,LOC. JOÃO PINHEIRO/MG  ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98582", "202")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98582", " PRANCHA ALTA SANTA IZABEL SOUFER 2E, ANO 2010/2011, COR AMARELA, EQP.50165,  LOC. JOÃO PINHEIRO/MG")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>81</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98581", "203")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98581", " 02 ELEVADORES DE COLHEDORA DE CANA JD CH570, LOC. JOÃO PINHEIRO/MG")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98584", "204")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98584", "BRAÇO HIDRAULICO TRATOR JOHN DEERE Serie 7J, LOC. JOÃO PINHEIRO/MG")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>154</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>99.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98577", "205")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98577", "veja vídeo- COLHEDORA  JOHN DEERE CH570, ANO 2016, EQP.40030 LOC.JOÃO PINHEIRO/MG")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>106</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>315.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98585", "206")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98585", " VIGAS DE MADEIRA E TELHAS GALVANIZADAS, LOC. JOÃO PINHEIRO/MG")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>107</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>11.300,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98656", "207")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98656", " GERADOR BD 6500CFE BRANCO 1012, ANO 2017, EQP. 60179, LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98691", "208")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98691", "23 PNEUS USADOS DIVERSOS MODELOS E TAMANHOS, ( OBS. COM PEQUENOS DEFEITOS) VEJA DESCRITIVO - LOC. JOÃO PINHEIRO/ MG ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>6.050,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98692", "209")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98692", "01 CAIXA DE CAMBIO EATON, 01 CAIXA DE CAMBIO ZN, 02 CABEÇOTES DE COMPRESSOR DE AR ( OBS. TODOS AVARIADOS ) LOC. JOÃO PINHEIRO / MG ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100324", "211")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100324", "AMOSTRADOR DE SOLO - DRILL, 1216 FALKER, ANO 2018, EQ. 60198, LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100325", "212")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100325", "CARCAÇA DIFERENCIAL TRASEIRO CHEVROLET S10, LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100326", "213")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100326", "CARCAÇA DE ALTERNADORES E MOTORES DE PARTIDA- MAQUINAS AGRICOLAS - LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>