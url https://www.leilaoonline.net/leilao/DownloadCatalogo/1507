--- v0 (2025-11-20)
+++ v1 (2026-03-28)
@@ -269,1211 +269,1063 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98652", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98652", "Dolly Randon. Ano 2002. Com documentos")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98653", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98653", "Dolly Rodoforte.  Ano 2006. Com documentos")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98647", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98647", "Dolly de um eixo (Rala). Sem documentos")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>5.050,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98650", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98650", " Dolly de um eixo (Rala). Sem documentos")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>5.050,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98648", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98648", "Dolly de um eixo (Rala). Sem documentos")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>5.050,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98646", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98646", "Dolly de um eixo (Rala). Sem documentos")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>5.050,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98649", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98649", "Dolly de um eixo (Rala). Sem documentos")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>5.050,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98651", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98651", "Dolly de um eixo (Rala). Sem documentos")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>5.050,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98643", "045")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98643", "[ LANCE POR KG ] 03 eixos de carreta completos com molejos (bom estado de conservação). Aprox. 1.500 quilos")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>6,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>0.25</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98644", "046")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98644", "[ LANCE POR KG ] 03 eixos de carreta completos com molejos (bom estado de conservação). Aprox. 1.500 quilos")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>6,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>0.25</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98645", "047")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98645", "[ LANCE POR KG ] 03 eixos de carreta completos com molejos (bom estado de conservação). Aprox. 1.500 quilos")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>6,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>0.25</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98642", "048")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98642", "[ LANCE POR KG ] 03 eixos de carreta completos com molejos (bom estado de conservação). Aprox. 1.500 quilos")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>6,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>0.25</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98641", "049")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98641", "[ LANCE POR KG ] 03 eixos de carreta completos com molejos (bom estado de conservação). Aprox. 1.500 quilos")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>6,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>0.25</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98619", "050")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98619", "Lote de 3 un. eixos de carretas (Aprox. 1.200 kg) ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98620", "058")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98620", " Aprox. 26 un. de eixos S para freio ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98624", "062")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98624", " 4 pneus Scorpion ATR. 225/65 R17")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98623", "063")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98623", " Inversor de Bateria. 24 W. 110/220. 3000 Watts")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98622", "066")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98622", " 20 un Cubos de rodas")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98625", "067")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98625", " 2 un de extintores")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98621", "068")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98621", " 3 redutores. 15/1. De rosca sem fim")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98630", "069")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98630", " Eixo dianteiro de Mercedes bens. A disco ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100046", "070")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100046", " 10 rodas usadas. Para pneus 295")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98627", "073")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98627", " Aprox. 3 ton. Vigas de 8mm x 30 cm x 9 metros")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98626", "074")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98626", " Freio magnético e controlador de tensão. Sem uso ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98628", "075")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98628", " Boca de lobo e redutor de trator")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98631", "088")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98631", "4 rodas de alumínio  295  Álcoa (sem pneus)")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...83 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98632", "089")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98632", "54 un de cabeçote de alumínio para filtros, sem uso.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98635", "090")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98635", "Chopeira semi nova ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98634", "091")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98634", "Tanque de chopp servidor com 10 torneiras 360 graus")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>45.600,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...377 lines deleted...]
-      <c r="F26" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98633", "092")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98633", "1 Balancin -  3 metros ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98639", "093")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98639", " 1 Balancin -  3 metros ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98636", "094")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98636", " 1 Balancin -  3 metros ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98638", "095")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98638", " 1 Balancin -  3 metros ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98637", "096")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98637", " 1 Balancin -  3 metros ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98640", "097")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/98640", " 1 Balancin -  3 metros ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100047", "098")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100047", "4 campanas de carreta ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.350,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-[...638 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100048", "099")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100048", "6 rodas raiadas ")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>