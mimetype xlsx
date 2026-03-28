--- v0 (2025-10-15)
+++ v1 (2026-03-28)
@@ -269,3771 +269,3303 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99544", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99544", "[ VÍDEO ] Eixo dianteiro JCB 456 Serial 3.31342.3")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99541", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99541", "[ VÍDEO ] Eixo Traseiro JCB 456  serial 3.31344.3")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99543", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99543", "[ VÍDEO ] Motor Volvo D7 Sem bomba injetora, motor de partida e alternador")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99539", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99539", "[ VÍDEO ] Transmissao SP 8000 e Conversor de Torque ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99540", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99540", "[ VÍDEO ] Transmissão Carrara p/ Retroescavadeira 4x2 sem grupo de válvulas")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99553", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99553", " Cacamba trapezoidal nova")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>2.625,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99542", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99542", "[ VÍDEO ] Eixo traseiro Caterpillar 950F")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99548", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99548", "[ VÍDEO ] Eixo Dianteiro Caterpillar 950F 8R4666")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99552", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99552", " Motor caterpillar C15 sem modulo e bomba")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99545", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99545", " Coroa de Giro PC200 serie 6 - 110 dentes")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99546", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99546", "[ VÍDEO ] 3 Bombas limpa lodo")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99551", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99551", "[ VÍDEO ] Gerador Militar Modelo 4A032-II 3KW")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99547", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99547", " Cabine Motoniveladora Caterpillar modelo 120G com vidros")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99549", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99549", " Cabine Escavadeira Caterpillar modelo 320D")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99556", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99556", "[ VÍDEO ] Redutor de Giro Escavadeira Fiat Allis S90 completo")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99555", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99555", " Redutor de Giro Escavadeira Case 888 sem motor")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99557", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99557", "[ VÍDEO ] Redutor de  Giro Escavadeira Komatsu PC600 com motor")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99558", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99558", "[ VÍDEO ] Redutor de Giro Escavadeira Caterpillar 320BL com motor")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99554", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99554", "[ VÍDEO ] Redutor de Giro Escavadeira Caterpillar 336D sem motor hidraulico")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99559", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99559", " transmissao Pa carregadeira Komatsu WA320")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99560", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99560", " Coroa de Giro Escavadeira Caterpillar 320CL")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99562", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99562", " Coroa de Giro Esacadeira Fiat Allis S90")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99564", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99564", " 2 Pistoes de levante Escavadeira Komatsu PC150")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99567", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99567", " 2 Pistoes de levante Escavadeira JCB JS330")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99566", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99566", " 2 Rodas Pa Carregadeira Case W18 compativel com Fiat Allis 1500B")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99563", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99563", "[ VÍDEO ] Motor Diesel Volvo D16 sem modulo")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99568", "029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99568", "[ VÍDEO ] Transmissão Pá Carregadeira SEM modelo 659C")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99570", "030")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99570", "[ VÍDEO ] Motor Perkins 6357 com cambio")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99578", "032")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99578", "[ VÍDEO ] Comando Final Trator de Esteira Catepillar D8L com seguimentos")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99581", "033")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99581", "[ VÍDEO ] Comando Hidraulico Esacavdeira Caterpillar 320C")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99573", "034")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99573", "[ VÍDEO ] Comando Hidráulico Escavadeira Caterpillar 336D")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99579", "035")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99579", "[ VÍDEO ] Comando Hidráulico Escavadeira Fiat Allis FX215")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99571", "036")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99571", "[ VÍDEO ] Redutor de Translacao com motor  Escavadeira Komatsu PC600 com roda motriz")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99582", "037")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99582", "[ VÍDEO ] Redutor de Translação  Escavadeira Caterpillar 336D")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99574", "038")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99574", "[ VÍDEO ] Redutor de Translação com motor  Escavadeira Fiat Allis FX215 com roda motriz")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99572", "039")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99572", "[ VÍDEO ] Redutor de Translação com motor  Escavadeira Liebheer 942C com roda motriz")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99575", "040")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99575", "[ VÍDEO ] Bomba Hidraulica Escavadeira Case 888 CKE")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99580", "041")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99580", "[ VÍDEO ] Bomba Hidraulica Escavadeira Fiat Allis S90")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99577", "042")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99577", "[ VÍDEO ] Redutor de Giro Escavadeira Caterpillar 325BL")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99576", "043")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99576", " Pistao da lanca Escavadeira Hyundai R320")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99584", "044")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99584", "[ VÍDEO ] 2 Rodas para carregadeira aro 25")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99583", "045")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99583", "[ VÍDEO ] 2 Rodas para Pa carregadeira Komatsu WA320 aro 25")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99585", "046")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99585", "[ VÍDEO ] 2 Rodas Retroescavadeira Hyundai H930C aro 25")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99596", "047")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99596", "[ VÍDEOS ] Extrator de tubo para perfuracao hidraulico com Unidade hidraulica")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99586", "048")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99586", " Eixo traseiro  Pa Carregadeira Liebherr L580")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99593", "049")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99593", "[ VÍDEO ] Tanque de Arrasto para Piche (Vaca Preta)")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99587", "050")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99587", "[ VÍDEOS ] Eixo Dianteiro Pa carregadeira Caterpillar 938G")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99594", "052")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99594", "[ VÍDEO ] Concha para Escavadeira Caterpillar 325B")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99598", "053")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99598", "[ VÍDEO ] Ripper  para trator de esteira Komatsu D61")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99591", "054")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99591", "[ VÍDEO ] 2 Colares de esteira Trator Caterpillar D6M com mao de amigo")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99600", "055")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99600", "[ VÍDEO ] Cabine Pá carregadeira Hyundai HL760-7A")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99588", "056")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99588", "[ VÍDEO ] Tandem de Motoniveladora XCMG 180")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99589", "058")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99589", "[ VÍDEO ] Transmissao ZF-4WG190 de Pa Carregadeira Hyundai HL757-7 sem grupo de Valvula")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99592", "059")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99592", "[ VÍDEO ] Transmissão Trator de Esteira Caterpillar D8L")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99603", "060")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99603", "[ VÍDEO ] Transmissão Motoniveladora Caterpillar 120B")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99597", "061")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99597", "[ VÍDEO ] H de Retro Escavadeira Fiat Allis FB80.2")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99607", "062")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99607", "[ VÍDEO ] Circulo da Motoniveladora XCMG 180")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99599", "063")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99599", "[ VÍDEO ] Radiador Motoniveladora Caterpillar modelo 120G")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99609", "064")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99609", "[ VÍDEO ] Motor Mercedez OM352 .Não operacional")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99606", "065")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99606", " [ VÍDEO ] Radiador trator de esteira Caterpillar D8K")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99611", "066")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99611", "[ VÍDEO ] Transmissão Pá Carregadeira Caterpillar 950G")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99610", "067")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99610", "[ VÍDEO ] Concha traseira para trator agricola")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99612", "068")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99612", " [ VÍDEO ] Ripper  Escalificador para Motoniveladora Caterpillar 120G")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99613", "069")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99613", "[ VÍDEO ] Caixa de Cambio trator de esteira Caterpillar D4E")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99602", "071")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99602", "[ VÍDEO ] Motor Diesel Cummins Serie C mecanico")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99604", "072")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99604", "[ VÍDEO ] Carretinha de arraste ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99605", "073")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99605", "[ VÍDEO ] Roda Guia Trator de Esteira Caterpillar D8H")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99608", "074")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99608", "[ VÍDEO ] Roda Guia Trator de Esteira Caterpillar D6D")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...46 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99550", "075")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99550", "[ VÍDEO ] 2 Truck do trator de Esteira caterpillar D6")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99614", "076")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99614", "[ VÍDEO ] Caçamba Pá carregadeira Caterpillar 966C")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99616", "078")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99616", " Pneu 20,5x25 com roda")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99618", "079")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99618", " 2 Pneu 8,25x12 com roda")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99622", "080")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99622", " Pneu 26,5 x 25 com roda")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99635", "081")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99635", " Pistoes levante Esacavadeira Volvo EC210")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99631", "082")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99631", " Eixo Diferencial Dianteiro Pa Carregadeira caterpillar 924G")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99617", "083")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99617", " Motor Diesel Perkins 4236")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99625", "084")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99625", " Eixo Diferencial Dianteiro Pa Carregadeira caterpillar 938H")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99620", "085")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99620", "Motor Scania 111")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99632", "086")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99632", "[ VÍDEOS ] Mesa de Giro com lamina Motoniveladora Huber Warco 140 S")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99621", "087")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99621", "[ VÍDEO ] Transmissão Allisson Pá carregadeira Case W20")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A19" s="5" t="inlineStr">
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99628", "088")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99628", " 2 Radiadores Perkins 2485B281 medidas 80cm x 45cm x 22,5cm")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="B19" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E19" s="5" t="inlineStr">
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99627", "089")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99627", "[ VÍDEO ] 2 Radiadores Perkins 2485B281 medidas 80cm x 45cm x 22,5cm")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99629", "090")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99629", " Cabine Escavadeira JCB JS200 e JS330. Com vidros. Vazia")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99634", "091")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99634", "[ VÍDEO ] Cabine Pa Carregadeira Liebherr L580")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99624", "092")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99624", "[ VÍDEO ] Cabine Pá carregadeira Caterpillar 966H")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99626", "093")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99626", "[ VÍDEO ] Cabine Escavadeira Case 888CKE")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99619", "094")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99619", "[ VÍDEO ] Cabine Pá Carregadeira JCB 456 ZX")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99633", "095")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99633", "[ VÍDEO ] Diferencial dianteiro Pá carregadeira Caterpillar 966H")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99630", "096")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99630", "[ VÍDEO ]  Motor de Traçâo do Rolo Compactador Ammann ASC100")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99640", "098")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99640", " Grupo de Valvula Pa Carregadeira Caterpillar 938G")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99637", "099")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99637", " Painel da Escavadeira JCB modelo JS330")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99636", "100")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99636", " Painel da Escavadeira Komatsu PC150")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99646", "101")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99646", " Painel da Escavadeira Volvo 14640101")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99641", "102")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99641", " Comando hidraulico 3 vias varetado Rexroth")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99642", "103")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99642", " Comando hidraulico 2 vias varetado Rexroth")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99638", "104")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99638", " 2 Joystick Esacavadeiras Caterpillar")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99644", "105")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99644", " Modulo Pa Carregadeira Volvo L110")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99639", "106")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99639", " Bomba Hudraulica Escavadeira Caterpillar 336 234-4638")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99643", "107")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99643", " Cabine Pa Carregadeira Volvo L90I")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99645", "108")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99645", " Empilhadeira Linde Modelo H50D 5 toneladas Diesel Serie H2X394A00558")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>23.250,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99651", "109")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99651", " Empilhadeira Linde Modelo H40D 4 toneladas Diesel SERIE H2X394Z02079")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>22.750,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99647", "110")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99647", " Empilhadeira Linde Modelo H60D 6 toneladas Diesel SERIE H2Z390A00247")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99650", "111")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99650", " Pa Carregadeira Komatsu WA320 ano 1993 sem transmissao e motor")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>47.500,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99654", "112")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99654", " Motoniveladora Volvo G710 ano 2008 sem rodas e pneus")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99648", "113")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99648", " Motoniveladora Caterpillar 120B ano 1977")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>81</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>32.500,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99649", "114")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99649", " Motoniveladora Huber Warco 140S operacional")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>32.250,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99656", "116")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99656", " Compressor de Ar Sullair modelo 250P c/ motor perkins sem bomba inj e arranque")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99652", "117")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99652", " Compressor de Ar Sullair modelo 250P c/ motor perkins sem bomba inj e arranque")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>9.750,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99658", "118")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99658", " Dobradeira de ferro Montana Trillor Neocode 32")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99655", "119")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99655", " Dobradeira de ferro Montana Trillor Neocode 7806034")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99660", "122")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99660", "[ VÍDEOS ] Tanque de Água Contin. 15.400 Litros")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99976", "123")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99976", "[ VÍDEO ] Trator de esteira Caterpillar. Modelo D6R. Ano 2001")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>140.500,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99980", "124")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99980", "[ VÍDEO ] Trator de Esteira Caterpillar. Mod. D8H. Ano 1973")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
-[...53 lines deleted...]
-      <c r="D21" s="4" t="inlineStr">
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100066", "125")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100066", " Pá Carregadeira Caterpillar modelo 966C ano 1979")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>53.000,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100068", "126")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100068", " Retro Escavadeira marca Megga Modelo DBL-100 - Sem ano")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>35.600,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100069", "127")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100069", " Rolo Compactador marca Dynapac modelo CG11")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E21" s="5" t="inlineStr">
-[...3358 lines deleted...]
-      </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100067", "128")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100067", " Rolo Compactador Sem marca e ano")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>