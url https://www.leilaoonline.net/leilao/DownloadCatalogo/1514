--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,667 +269,587 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99266", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99266", " Cameras Samsung CFTV (40 unidades) ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99276", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99276", " Carregadores APPLE (21 unidades)")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99267", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99267", " Carregadores Bateria externo (27 unidades)")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99284", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99284", " Fones de ouvido JBL (132 unidades)")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99283", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99283", " Placas de RMA soquete FM2 (70 unidades)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99280", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99280", " Fontes ATX (20 unidades)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...164 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99270", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99270", " Leitor de cartão (7 unidades)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99275", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99275", " Notebook (15 unidades)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99272", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99272", " Conversor digital (8 unidades)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99278", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99278", " Impressora HP")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99268", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99268", " CPU's mistas (36 unidades)")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...68 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...20 lines deleted...]
-      <c r="E19" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99273", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99273", " Lote de Netbook escolar (48 unidades)")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99274", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99274", " Impressora EPSON Matricial (2 FX 890   2 FX 2190) (4 unidades)")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E20" s="5" t="inlineStr">
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99279", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99279", " Impressora BROTHER Multifuncional (J125/J140 / J430) (10 unidades)")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
+      <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...10 lines deleted...]
-      <c r="C21" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99285", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99285", " Impressora BROTHER Multifuncional A3 (3 unidades)")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D21" s="4" t="inlineStr">
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E21" s="5" t="inlineStr">
-[...126 lines deleted...]
-      </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99281", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99281", " Processadores LGA 1155 PENTIUM/CELERON (20 unidades)")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99282", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99282", " Lote de cabos de rede (1 Metro cada) (30 unidades)")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99269", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99269", " Lote de Fusor Lexmark (11 unidades)")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99277", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99277", " Lote de Roteadores (9 unidades)")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99271", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99271", " Lote de Placa de Video (40 unidades)")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>