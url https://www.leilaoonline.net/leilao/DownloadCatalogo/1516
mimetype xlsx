--- v0 (2025-10-30)
+++ v1 (2026-03-28)
@@ -269,4411 +269,3863 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100112", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100112", "[ LANCE POR GARRAFA ] 100 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>2,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100423", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100423", "[ VÍDEOS ] Caminhão Scania T112 H 4x2. Ano 1985/86. Funcionando.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100427", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100427", "Escavadeira New Holland 175B")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>190.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100428", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100428", "[ VÍDEO ] Vespa M3 Piaggio. Ano 1959. Relíquia para Colecionadores, Ornamental ou exposição, C/ Diversos acessórios de época. Sem documentos.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100422", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100422", "[ VÍDEO ] Caminhão M. Benz LS 1630. Ano 1993. Funcionando.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>38.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100425", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100425", "[ VÍDEO ] Semi Reboque SR Guerra Charger CS. Ano 2001.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99239", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99239", "[ LANCE POR GARRAFA ] 100 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99211", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99211", "[ VÍDEO ]  Bicicleta Monark Monareta Aro 2., Raridade da década de 1970. Relíquia p/ colecionadores.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99233", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99233", " Caixa Térmica Grande. Possui carrinho e freio nos rodízios, tampa articulada removível, com trava em inox nas laterais.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99238", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99238", " Churrasqueira Grill a gás portátil. Aço inox, 02 queimadores, reservatório para gordura, mangueira e válvula. Em funcionamento.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100426", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100426", "[ VÍDEO ] Lambreta Li. Ano 1962. Relíquia para Colecionadores, Ornamental ou exposição, placa Decorativa. Funcionando. Sem documentos.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99236", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99236", " Reservatório em Inox. Capacidade aprox. 20 Litros. Para armazenar Cachaça, Vodka, Whisky ou Vinho. Totalmente artesanal.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99234", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99234", " Reservatório de Inox. Capacidade aprox. 500 Litros. Para armazenar Cachaça, Vodka ou Água potável.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100424", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100424", "[ VÍDEO ] Lambreta Ms. Ano 1973. Relíquia para Colecionadores, Ornamental ou exposição, placa Decorativa. Funcionando. Sem documentos")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99242", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99242", " RELÍQUIA PARA COLECIONADORES: JAQUETA MILITAR ELVIS PRESLEY. ORIGINAL DE ÉPOCA. EM EXCELENTE ESTADO DE CONSERVAÇÃO, TOTALMENTE ORIGINAL, COM TODOS BOTÕES ORIGINAIS E AINDA É POSSÍVEL LER ACIMA DA TARGETA DO ELVIS O SHOW DE ROCK NO QUAL ESTE SUVENIR ERA VENDIDO NOS SHOWS DO REI DO ROCK. ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99249", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99249", "[ VÍDEOS ] Trator Fendt Farmer. Ano 1962")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>25.200,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100114", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100114", "MESA DE SINUCA com 04 Tacos grandes e 01 taco pequeno")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99231", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99231", " Monark Monareta Dobramatic Garupão, Aro 20, Brasil de Ouro Raridade da década de 1970, Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99202", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99202", " Monark Monareta Tandem Dupla ano 1982. Totalmente Original. Relíquia para Colecionadores.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99230", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99230", " MONARK TRIUNFO TIGRE DÉCADA DE 1980. ARO 20. FREIO TAMBOR, BANCO BANANA, AMORTECEDORES, SUSPENSÃO TRASEIRA ARTICULADA, RELÍQUIA PARA COLECIONADORES")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99203", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99203", "MONARK MONARETA GEMINI, ARO 20 PRIMEIRO MODELO DA MONARETA. INSPIRADA NO PROJETO GEMINI DA NASA DOS U.S.A, POR ISSO TEM O DISPOSITIVO DE ENGATE COM ESSE NOME. TOTALMENTE RESTAURADA. RELÍQUIA P/ COLECIONADORES.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99228", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99228", "Patinete Semi Novo. P/ Adultos e Adolescentes, Relíquia, p/ Colecionadores. Rodas de Extra Nylon, freios diant e tras, designer Europeu, descanso lateral. (Em Funcionamento)")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99237", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99237", " Bicicleta antiga. Com dínamo, farol e velocímetro")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99196", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99196", "Monark Monareta Fantástica de 1974 aro 20,  C/ Celetor de 03 Marchas no Cubo Traseiro, C/ Diversos Acessórios de Época, Antiga  Relíquia p/ Colecionadores")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99241", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99241", "[ LANCE POR GARRAFA ] 100 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>3,50</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99207", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99207", "Projeto de Caloi Cross Extra Nylon Aro 20 Quadro Seta, Rodas  Nylon Aro 20 e Jogo de Adesivos importados do E.U.A.")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99213", "029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99213", "[ VÍDEOS ] LOTE C / APROX. 80 MESAS E 01 BALCÃO DE ATENDIMENTO. MESAS DA DÉCADA DE 1960 / 1970 e 1980 EM MADEIRA DE LEI E METÁLICAS. DIVERSOS TAMANHOS E MODELOS, RARIDADES.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99235", "030")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99235", " Barril de madeira de carvalho de 7 Litros. Cheio de Cachaça envelhecida.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99246", "031")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99246", " 06 Jogos de Tapetes completos para: GM Astra, Citroen C4, Renault Clio, Renault Scenic, Fiat Uno e Gm Agile. Lacrados no Plástico. Sem uso.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99243", "032")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99243", " 05 Jogos de Tapetes completos para: GM Onix, Citroen C3, Peugeot 206, Toyota Etios e Fiat Uno. Lacrados no Plástico. Sem uso.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99227", "033")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99227", "BICICLETA CALOI FÓRMULA C-3 , C/ SELETOR DE CÂMBIO DE 03 MANCHAS. RELÍQUIA PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99245", "034")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99245", " 06 Jogos de Tapetes completos para: Honda For, GM Meriva, VW Fox, Citroen Picasso, GM cruze e Ford Ka. Lacrados no plástico. Sem uso.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99244", "035")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99244", " 06 Jogos de Tapetes completos para: Honda Fit, VW Saveiro, Citroen Aircross, Peugeot 207, Toyota Corolla, Renault Logan. Lacrados no Plástico. Sem uso.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99248", "036")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99248", " BONECO DO FOFÃO GRANDE, ORIGINAL DE ÉPOCA , DÉCADA DE 1980 ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99175", "037")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99175", " Bicicleta Antiga Monareta Aro 20, freio de pé, RELÍQUIA para Colecionadores.")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99232", "038")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99232", " Monark Monareta Aro 20, Raridade da década de 1970, Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99190", "039")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99190", " Monareta Olé 70 Primeira GeraçãoAro 20, Relíquia Totalmente Original,  década de 1970 p/ Colecionadores")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99250", "040")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99250", " CHEQUE ORIGINAL 14 MESES DE ALUGUEL DO SR MADRUGA PARA O ATOR EDGAR VIVAR  (O Sr BARRIGA) DO CHAVES. ESSE CHEQUE FOI ENTREGUE NO PROGRAMA PÂNICO NA TV NO DIA 18/09/2011, É TOTALMENTE ORIGINAL E EXCLUSIVO, MEDINDO; 2,44 X 1,25 RELÍQUIA PARA COLECIONADORES, SEGUE FOTOS E VÍDEO DO DIA DA ENTREGA.")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99206", "041")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99206", " Bicicleta Monark Monareta Mirim série Brasil Ouro 73 c/ Banco Banana de Época, Relíquia p/ Colecionadores.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99256", "042")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99256", " Monark Tigrão ano 1972 Raridade para Colecionadores")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99193", "043")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99193", " BICICLETA ORIGINAL. POUCO USO.")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99261", "044")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99261", " Bicicleta Cross aro 20, aros de alumínio e mesa em alumínio., Pneus novos")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99205", "045")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99205", " Bicicleta Antiga Pepita, Relíquia p/ Colecionadores, ( no estado).")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99263", "046")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99263", " Antigo FreeSkate Caloi, Raridade da decada de 1990, para Colecionadores")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99262", "047")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99262", " Monark Monareta Aro 20, Raridade para Colecionadores.")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99251", "048")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99251", " Monark Monareta Mirim aro 14, Raridade da década de 1970, para Colecionadores")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99185", "049")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99185", " Caloi Cross aro 20 Década de 1980 Relíquia para Colecionadores( No estado)")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99253", "050")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99253", " Caloi 10 Jovem, aro 24 , Totalmente Original, Raridade da década de 1980,  para Colecionadores")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99252", "051")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99252", " Caloi 10 Antiga , década de 1970, para Colecionadores")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99259", "052")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99259", " Caloi 10 Jovem, aro 24 , Totalmente Original, Raridade da década de 1980,  para Colecionadores")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99264", "053")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99264", " Monark Monareta medalha de Ouro , Raridade da década de 1970, Para Colecionadores")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99258", "054")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99258", " Monark Monareta medalha de Ouro , Raridade da década de 1970, Para Colecionadores")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99260", "055")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99260", " Monark Monareta Olé 70, Raridade da década de 1970, Para Colecionadores")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99255", "056")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99255", " Monark Monareta Dobramatic Aro 20 Garupão, Raridade da década de 1970, para Colecionadores")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99257", "057")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99257", " Caloi Berlineta Aro 20 Dobrável, Relíquia, para Colecionadores")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99186", "058")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99186", " Caloi Ceci aro 26, Relíquia da p/ Colecionadores ( no Estado)")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99219", "059")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99219", " Bicicleta Antiga Phillips Feminino aro , banco de Molas, Campainha Trim Trim, Farol , dinamo, Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="D67" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99215", "060")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99215", " Bicicleta Antiga aro 28 , Relíquia para Colecionadores,")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="A16" s="5" t="inlineStr">
+      <c r="D68" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B16" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99188", "061")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99188", "Monareta Kroos II Aro 20. Relíquia 100% Original, década de 1970 p/ Colecionadores. (Até pneus são originais)")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99217", "062")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99217", " Conjunto Carrinho de Bebê e Cadeirinha automotiva , marca Hércules, Década de 1970, Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99189", "063")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99189", " Monareta Aro 20, Relíquia década de 1970 p/ Colecionadores")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99223", "065")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99223", " Bicicleta Gargueira Goricke Antiga , Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99157", "066")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99157", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99192", "067")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99192", " BICICLETA ORIGINAL, CÂMBIO DUPLO DE MARCHA")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99179", "068")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99179", "LOTE C/ 10 UNIDADES DE CANTIL DE BOLSO EM INOX. 240 ml CHEIOS DE VODKA. VÁRIOS MODELOS. PRODUTO ORIGINAL (SEM USO E COM AS CAIXAS INDIVIDUAIS)")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99221", "069")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99221", " Bicicleta Monark Antiga aro 28 , Freio de pé, campainha Trim Trim, Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99191", "070")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99191", " Caloi Ceci Totalmente Original aro 26, Relíquia da p/ Colecionadores ( no estado)")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99226", "071")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99226", "  Motor Honda a Gasolina  4 Tempos GX 35. Para uso Diversos como: Estacionário, Bomba d'água, Gerador, Embarcações, Engenho, Roçadeiras, Régua Vibratória, Motopoda. Entre outras funções.")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99180", "073")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99180", "[ VÍDEO ] LOTE C/ 10 UNIDADES DE CANTIL DE BOLSO EM INOX. 240 ml CHEIOS DE VODKA. VÁRIOS MODELOS. PRODUTO ORIGINAL (SEM USO E COM AS CAIXAS INDIVIDUAIS)")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100113", "074")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100113", "[ LANCE POR GARRAFA ] 100 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99254", "075")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99254", " Caloi Formula C 3 Aro 20 , Seletor de Marchas Gt-3,  Câmbio de 03 Marchas no Cubo traseiro, Banco Banana , Relíquia da década de 1980, para Colecionadores")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99194", "076")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99194", " Caloi Ceci Totalmente Original aro 26, Relíquia da p/ Colecionadores ( no estado)")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99225", "077")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99225", "  Motor Honda a Gasolina  4 Tempos GX 35. Para uso Diversos como: Estacionário, Bomba d'água, Gerador, Embarcações, Engenho, Roçadeiras, Régua Vibratória, Motopoda. Entre outras funções.")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99218", "078")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99218", " Bicicleta Monark Antiga série Prata aro 26 , Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99222", "080")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99222", " Bicicleta Antiga Phillips aro 28 , banco de Molas, Campainha Trim Trim, Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99195", "081")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99195", " Monark Tropical Feminina Década de 1970 aro 26, Freio de De Pé ,Antiga  Relíquia p/ Colecionadores ( No estado)")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99220", "082")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99220", " Bicicleta  Bacini mod Corsa 18 Speed Antiga aro 27, Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99156", "083")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99156", " LOTE COM APROX. 300 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99214", "084")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99214", " Bicicleta Monark Antiga aro 28 , Freio de pé, Banco de Molas, Relíquia para Colecionadores,")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99224", "085")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99224", " Bicicleta Monark Monareta  Antiga aro 20 , Relíquia para Colecionadores,")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99240", "086")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99240", "[ LANCE POR GARRAFA ] 100 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...10 lines deleted...]
-      <c r="C18" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99177", "089")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99177", "01 Impressora Fiscal Térmica Bematech e 01 Rádio Automotivo toca CD / AM/ FM Toyota. Original.")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D18" s="4" t="inlineStr">
-[...36 lines deleted...]
-      <c r="E19" s="5" t="inlineStr">
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99167", "092")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99167", " LOTE C/ DIVERSOS FRASCOS DE GEL MARCA PHILIPS P/ LIMPEZA DE TELAS DE LED OU CELULARES.")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99199", "093")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99199", " Monark Brisa Totalmente Original aro 26, Década de 1980 Relíquia da p/ Colecionadores")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D20" s="4" t="inlineStr">
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99166", "095")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99166", " APROX. 600 PROJETEIS P/ PISTOLA DE PREGAR, MARCENARIA , CALIBRE DESCRITO NAS CAIXAS.( Sem uso).")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99150", "098")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99150", " LOTE C/ 06 APARELHOS CELULAR E 45  BATERIAS , DIVERSAS MARCAS E MODELOS.")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99200", "099")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99200", " Monark Brisa Mirim  Década de 1980 aro 16, Relíquia p/ Colecionadores ( No estado)")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E20" s="5" t="inlineStr">
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99198", "101")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99198", " Bicicleta Houston Foxer Original, aro 26, Duplo Comando de marchas nas Manoplas. ( No estado).")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99171", "103")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99171", " 01- Catraca Eletrônica Digital Marca Telemática Codin Catraca 9000 Toda em Metal e inox ( no estado).")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99152", "105")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99152", " Lote contendo coleção 100 unidades  de Mini-Garrafas, de bebidas originais, diversos rótulos e sabores")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99176", "106")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99176", " Lote c/ 27 Ferramentas de precisão, Marca Hugong , Limas Várias  medidas")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99172", "109")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99172", " 01- Catraca Eletrônica Digital Marca Telemática Sistemas Inteligentes  Bloqueio GB 300.Toda em Metal e Inox  ( no estado).")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99178", "112")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99178", "Painel Elétrico Profissional")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99197", "116")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99197", " Monark Monareta Década de 1980 aro 20, Relíquia p/ Colecionadores ( No estado)")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99173", "121")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99173", " 01- Catraca Eletrônica Digital Marca Telemática Sistemas Inteligentes  Bloqueio PD 300.Toda em Metal  ( no estado).")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99216", "124")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99216", " Bicicleta Caloi Ceci Antiga aro 26, Câmbio de marchas, cor Dourada, Relíquia para Colecionadores")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99165", "127")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99165", " LOTE C/ APROX. 160 LUVAS (Manoplas) e ALGUNS ACELERADORES ORIGINAIS DE ÉPOCA, DÉCADA DE 1980. (SEM USO). Necessidade apenas de limpeza.")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99169", "130")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99169", " LOTE C/ 01 ESCAPAMENTO DE HONDA CB 400 ANTIGA ABAFADOR CENTRAL.( No estado).")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99181", "131")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99181", "[ VÍDEO ] LOTE C/ 10 UNIDADES DE CANTIL DE BOLSO EM INOX. 240 ml CHEIOS DE VODKA. VÁRIOS MODELOS. PRODUTO ORIGINAL (SEM USO E COM AS CAIXAS INDIVIDUAIS)")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99201", "132")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99201", "Caloi Ceci aro 26, Relíquia p/ Colecionadores")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99204", "134")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99204", " Monark Monareta Aro 20,  Breque de Pé,  Relíquia p/ Colecionadores.")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99170", "135")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99170", " Jogo de Cama Antigo em Madeira Nobre c/ 09 Gavetas , Colchão Nippomag Magnetizado Terapêutico Ortopédico e 01 Mesa de Centro de madeira Nobre e tampo de vidro.")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99229", "139")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99229", "Diversos utensílios antigos p/ colecionadores, sendo: 02 Moedores (Ferro) de milho ou Café; 02 Panelas de Ferro; 02 foices; 01 Funil de Metal e 01 Bule de Ferro")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99182", "163")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99182", "[ VÍDEO ] LOTE C/ 10 UNIDADES DE CANTIL DE BOLSO EM INOX. 240 ml CHEIOS DE VODKA. VÁRIOS MODELOS. PRODUTO ORIGINAL (SEM USO E COM AS CAIXAS INDIVIDUAIS)")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99208", "164")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99208", " Monark Brisa Totalmente Original aro 26. Década de 1980. Relíquia da p/ Colecionadores")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99210", "166")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99210", " Raridade: Bicicleta Tropical Mirim aro 22 da década de 1970. Totalmente Original. Relíquia p/ Colecionadores")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99168", "180")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99168", " LOTE ÚNICO, COM DIVERSOS ITENS.")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99212", "181")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99212", "02 PARES DE CALÇADOS. SENDO 01 PAR DE BOTAS CANO ALTO Nº 34 E 01 PAR DE SAPATO ALTO Nº 37 (MARCA ELLUS, ORIGINAL)")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99162", "187")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99162", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99151", "192")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99151", " Lote contendo coleção 100 unidades  de Mini-Garrafas, de bebidas originais, diversos rótulos e sabores")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99209", "196")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99209", " Bicicleta Caloi Cross Pro Neon Aro 20. 100% Original (nunca foi lavada). Década de 1990. Relíquia p/ Colecionadores")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99155", "205")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99155", " LOTE COM APROX. 200 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99174", "215")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99174", " 01- Catraca Eletrônica Digital Marca Telemática Sistemas Inteligentes  Bloqueio GB 300.Toda em Metal e Inox  ( no estado).")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99145", "247")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99145", "03 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA AMARELINHA ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99161", "250")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99161", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99183", "251")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99183", "[ VÍDEO ] LOTE C/ 10 UNIDADES DE CANTIL DE BOLSO EM INOX. 240 ml CHEIOS DE VODKA. VÁRIOS MODELOS. PRODUTO ORIGINAL (SEM USO E COM AS CAIXAS INDIVIDUAIS)")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99184", "291")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99184", "Lote c/ 29 Ferramentas de precisão, marca Hugong, JE Tech Tool e Diamond files limas de várias medidas (sem uso)")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99137", "320")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99137", "Diversas churrasqueiras elétricas e Peças.")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99140", "365")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99140", " 30 GARRAFAS DE VINHO TINTO SUAVE. SAFRA DELVIGO. LEGÍTIMO DE SANTA CATARINA")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99141", "370")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99141", " 30 GARRAFAS DE VINHO TINTO SECO. SAFRA DELVIGO. LEGÍTIMO DE SANTA CATARINA")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99164", "377")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99164", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99139", "380")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99139", " 30 GARRAFAS DE VINHO BRANCO SUAVE. SAFRA DELVIGO. LEGÍTIMO DE SANTA CATARINA")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99143", "390")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99143", "LOTE COM 30 GARRAFAS DE VINHO TINTO SECO.")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99142", "395")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99142", "LOTE COM 30 GARRAFAS DE VINHO TINTO SUAVE.")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99187", "400")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99187", "10 GARRAFAS DE VINHO TINTO SUAVE. 02 LITROS CADA..")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C21" s="4" t="inlineStr">
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99148", "450")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99148", "03 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA PRATA ENVELHECIDA EM BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D21" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F21" s="4" t="inlineStr">
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99160", "526")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99160", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...57 lines deleted...]
-      <c r="F23" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99144", "552")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99144", "10 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA PRATA ENVELHECIDA EM BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99154", "563")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99154", " LOTE COM APROX. 300 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-[...25 lines deleted...]
-      <c r="F24" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99153", "574")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99153", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-[...20 lines deleted...]
-      <c r="E25" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99138", "577")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99138", " 30 GARRAFAS DE VINHOS, TINTO SUAVE, TINTO SECO, BRANCO SUAVE, BRANCO SECO E ROSADO, SAFRA DELVIGO LEGÍTIMO, DE SANTA CATARINA")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F25" s="4" t="inlineStr">
-[...602 lines deleted...]
-      <c r="E44" s="5" t="inlineStr">
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99159", "581")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99159", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99147", "582")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99147", "10 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA AMARELINHA ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99158", "710")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99158", " LOTE COM APROX. 300 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F44" s="4" t="inlineStr">
-[...250 lines deleted...]
-      <c r="E52" s="5" t="inlineStr">
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99163", "754")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99163", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F52" s="4" t="inlineStr">
-[...154 lines deleted...]
-      <c r="E57" s="5" t="inlineStr">
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99149", "765")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99149", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F57" s="4" t="inlineStr">
-[...511 lines deleted...]
-      <c r="F73" s="4" t="inlineStr">
+      <c r="F146" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-[...2334 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99146", "800")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99146", "03 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA AMARELINHA ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>