--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,891 +269,783 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100382", "19000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100382", "TRATOR CASE MXM 180 - ANO 2013 - FR 3-38, LOC. MONTE BELO/MG ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>72.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99499", "19165")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99499", " REDUTOR CESTARI, MOD.HT 70, LOC. MONTE BELO/MG")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100375", "19190")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100375", "COLHEDORA CASE A8800 IVECO, ANO 2013, FR4103, LOC. MONTE BELO/ MG")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100374", "19192")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100374", " TRATOR PNEU LEVE FORD 4600, ANO 1980, FR720, LOC. MONTE BELO/MG ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100373", "19198")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100373", " 2 EXAUSTORES COMPLETOS, MOD. LCI, PAC-18-2360-SI/3 LCI, LOC.MONTE BELO/MG ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100365", "19199")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100365", " 3 PISTÕES ACIONAMENTO DE DAMPER, MOD.COMANDO FOXBORO SR1986, LOC. MONTE BELO/MG ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100366", "19201")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100366", " SUCCIONADOR DE CALDO, JACARE, MOD.JSC6.543.102, ,LOC. MONTE BELO/MG  ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100369", "19202")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100369", " BOMBA CENTRIFUGA C/ TAMPA DE PRESSÃO KSB, MOD.LCCR 150-500.3,VAZÃO: 500M3/H, LOC. MONTE BELO/MG  ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100368", "19203")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100368", " TORRE DE RESFRIAMENTO, ALFATERM, MOD.A/6782 , LOC.MONTE BELO/MG ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100358", "19204")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100358", " 2 TURBINAS A VAPOR, DEDINI, MOD. 40 CE, LOC. MONTE BELO/MG ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100359", "19205")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100359", " VENTILADOR COMPLETO,MOD. LCI, PAC-16 - 1180 - SI/8, LOC. MONTE BELO/MG")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100357", "19206")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100357", " RESERVATORIO C/ BOMBA DE ÓLEO P/ TURBINA, DEDINI, MOD. 40 CE, LOC. MONTE BELO/ MG")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100363", "19207")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100363", " VALVULA BORBOLETA DN 12", COM ACIONAMENTO PNEUMATICO HITER, LOC. MONTE BELO/MG")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100372", "19208")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100372", " VALVULA ANGULAR DE ALIVIO 12"/12", ENTRADA E SAIDA DE 12", LOC. MONTE BELO/ MG")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100356", "19210")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100356", " VALVULA GLOBO FOFO DN 12", OC. MONTE BELO/ MG ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100371", "19211")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100371", " BOMBA DOSADORA OMEL, MOD.TIPO DMP 0/1, LOC.MONTE BELO/MG")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100360", "19212")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100360", " SECADOR SULZER-ESCHER WYSS - COM VENTILADOR DE PÓ, VENTILADOR DE AR FORÇADO, PENEIRA E ESTEIRA VIBRATORIA, E LAVADOR DE PÓ, SULZER-ESCHER WYSS, MOD. CMP 35, LOC.MONTE BELO/MG  ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100362", "19213")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100362", " REDUTOR P/ TURBINA, DEDINI, MOD. FIA 525, LOC. MONTE BELO/MG")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100370", "19214")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100370", " BOMBA CENTRIFUGA, MERELLI, MOD. C-2RD, LOC. MONTE BELO/ MG ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100367", "19215")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100367", " BOMBA CENTRIFUGA, EQUIPE, MOD. B-500 / B-600, LOC.MONTE BELO/ MG")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100364", "19216")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100364", " REDUTOR 1,38KW CESTARI, MOD. MO713602N3, LOC. MONTE BELO/MG ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100376", "19217")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100376", "MANCAL COM EIXO , VAZÃO 300M³/H, KSB, MOD. MEGANORM 150-125-400 GC, LOC. MONTE BELO /MG")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100377", "19218")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100377", "BOMBA CENTRIFUGA COM MOTOR DE 5 CV WEG, FAB. 1967,  WORTHINGTON, MOD. BX 131984 , LOC. MONTE BELO/ MG")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100378", "19219")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100378", "BOMBA CENTRIFUGA COM MOTOR DE 5 CV WEG, MAUSA , MOD.BC2-22/21, FAB.1965 - 20M³/H, LOC. MONTE BELO/ MG ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100379", "19220")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100379", "TAMPA PARA BOMBA INOX, EQUIPE, ETA 150/40, LOC. MONTE BELO /MG")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100380", "19221")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100380", "BOMBA HIDRAULICA COM RESERVATORIO 5 L, SONED, LOC. MONTE BELO / MG")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100381", "19222")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100381", "ROLO EMBORRACHADO FILTRO PRENSA , COMP. ROLO 2300 mm COMP. COM O EIXO 2700 mm  DIAM. EIXO 2. ½  DIAM. ROLO 9. ½, LOC. MONTE BELO/MG")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>