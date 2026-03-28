--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,2587 +269,2267 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99716", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99716", " (5 itens) -  1 pistola elétrica para pintura sem uso + 1 serra tico tico pneumática sem uso+ 1 vídeo k7 Panasonic + 1 DVD Samsung + 1 DVD philps")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99696", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99696", "( 5 itens) 1 Pistola elétrica de pintura sem uso + 2 bancos + 1 suporte + kit ferragem para prateleira podendo montar até  8.00 metros de comprimento x 2.40 de altura . Sendo 10 colunas  de 2.40 mts de altura + 6 bandeja + 7 hastes simples. Produto usado.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99700", "007")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99700", " 4 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99701", "008")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99701", " 4 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99697", "009")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99697", " 4 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99707", "010")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99707", " 4 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99720", "012")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99720", "  ( 3 itens) 1 chave pneumática 1/2   1 assentados de talão bazuca    1 serra de corte pneumática")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99691", "013")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99691", " 10 protetores de camara de ar aro 20   10 protetores de camara de ar aro 16   10 protetores de camara de ar aro 22 para caminhao. Produto sem uso.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>520,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99690", "014")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99690", " 50 protetores de camara de ar aro 20   20 protetores de camara de ar aro 16   20 protetores de camara de ar aro 22 para caminhao. Produto sem uso.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.550,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99694", "015")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99694", "(2 itens) 1 pistola elétrica de pintura sem uso + 2 pares de lâmpadas led automotiva H11/ H16 /H8 Philips ultinon. Pouco uso.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...53 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99703", "017")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99703", " 8 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99704", "019")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99704", " 8 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99706", "020")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99706", " 16 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99698", "021")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99698", " 16 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99695", "022")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99695", " 5 pneus de trilha")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99702", "023")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99702", " 32 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99699", "024")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99699", " 32 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99692", "025")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99692", "( 2 itens) balanceadora de pneus profissional usada + Calibrador digital  profissional sem uso. ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99705", "030")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99705", " 64 Unidades de Pneus aro 16. 205/55-16. Remoldados. Fabricação 2021. Certificados  pelo Inmetro.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99708", "035")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99708", "Bicicleta raridade para colecionador caloi Cruiser light ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99710", "036")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99710", " (8 itens) 1 bomba de encher manual sem uso  uma bomba de pedal  1 multímetro  sem uso   1 jg de serra copo sem uso  1 bico pulverizador   1 compressor compacto   2 bateria automotiva.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99712", "037")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99712", " ( 3 itens ) 1 macaco 8 toneladas sem uso   1 numerador de pneus sem uso   1 alicate corta vergalhao sem uso.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99711", "038")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99711", " ( lote 6 itens) 1 chave de impacto 1/2 sem uso  1 bomba manual  1 alicate de poda   1 kit serra copo bimetal   1 multímetro digital   1 pistola de cola quente")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99715", "039")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99715", " ( lote 7 itens) 1 bico de jato água   1 bomba manual  1 alicate de poda   1 kit serra copo bimetal   1 multímetro digital   1 pistola de cola quente  1 jg chave combinada 12 pc.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99717", "040")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99717", "  ( 3 itens) 1 assentador de talão bazuca   1 chave de roda profissional   1 mini compressor, sem uso.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99713", "041")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99713", " ( lote 7 itens) sem uso 3 kit reparo pneu sem camara   1 bomba manual   1 multímetro digital   1 lanterna   600 remendo vipal para pneus")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99714", "042")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99714", " (Lote 8 itens) sem Uso 4 kit reparo pneus sem camara   1 riscador de pneus manual   2 alicate de bico  mais 300 peças  de rodar de caminhão  diversas.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99709", "043")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99709", " ( 4 itens) sem uso . 1 chave pneumática encaixe  de 1/2   1 esguicho de mangueira   1 multímetro digital   1 multímetro com sensor de temperatura.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99719", "065")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99719", "  ( 2 itens) 1 macaco hidráulico profissional para 20 toneladas   1 chave pneumática  7000 rpm, sem uso .")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99718", "067")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99718", " ( 2 itens) 1 macaco hidráulico  20 toneladas   1 chave de roda 27x32, sem uso. ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99693", "068")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99693", "  ( 4 itens) 1 maleta de ferramentas 117 Pç    1 cabo de bateria   1 arco de serra   1 multimetro. Sem uso.")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99685", "076")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99685", "(4 itens) Pistola de pintura elétrica sem uso + Farol automotivo, sem uso +  Gabinete de informática altura 26 cm, largura 53 cm , profundidade 37 cm. +  Diversas peças para rodoar de caminhão, sem uso.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99687", "081")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99687", "( 13 itens) 1 pistola elétrica de pintura sem uso + 12 pares de manete de motos diversas, produto sem uso. ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99689", "082")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99689", " 10 Protetor de câmara de ar de caminhão aro 22, sem uso.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99688", "098")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99688", " ( 33 itens)  1 pistola elétrica de pintura sem uso + 12 pares de manete de motos diversas, produto sem uso.+ 3 pares de manete de motos diversas   6 pares de manete de moto anodizado   1 par de manopla.  produto sem uso. +  10 suportes para capacete para expor em loja. ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99686", "105")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99686", "( 24  itens)  acrescentar  1 pistola elétrica de pintura sem uso + 1 mini pistola de pintura pneumática sem uso + 20 litros de cachaça artesanal + 2 gabinetes de informática com diversas peças dentro. Altura 0.39 cm largura 0.53 cm profundidade 0.67 cm")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99728", "200")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99728", " 90 pneus remoldados com borracha vipal, selo do inmetro, fabricação 2021")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99726", "201")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99726", " 44 pneus remoldados com borracha vipal, selo do inmetro, fabricação 2021")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>5.200,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99721", "202")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99721", " 12 pneus remoldados com borracha vipal, selo do inmetro, fabricação 2021")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99729", "203")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99729", " 8  pneus remoldados com borracha vipal, selo do inmetro, fabricação 2021")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99730", "204")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99730", " 20 pneus remoldados com borracha vipal, selo do inmetro, fabricação 2021")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99722", "205")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99722", "  100 pneus remoldados com borracha vipal, selo do inmetro, fabricação 2021")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>12.700,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99732", "206")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99732", " 8  pneus remoldados com borracha vipal, selo do inmetro, fabricação 2021")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99724", "207")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99724", " 12 pneus remoldados com borracha vipal, selo do inmetro, fabricação 2021")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99723", "208")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99723", " 8  pneus remoldados com borracha vipal, selo do inmetro, fabricação 2021.")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99727", "209")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99727", " 16 pneus remoldados com borracha vipal, selo do inmetro, fabricação 2021.")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99731", "211")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99731", " 8  pneus remoldados com borracha vipal, selo do inmetro, fabricação 2021")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99733", "212")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99733", " 8  pneus remoldados com borracha vipal, selo do inmetro, fabricação 2021")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99725", "213")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99725", " 8  pneus remoldados com borracha vipal, selo do inmetro, fabricação 2021")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99735", "214")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99735", " 1 macaco  jacaré profissional capacidade 2 toneladas sem uso. ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99734", "215")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99734", " ( 2 itens) 1 pistola elétrica  de pintura   1 pistola pneumática para pintura sem uso. ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99742", "216")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99742", " ( 4 itens) 1 pistola de pintura pneumática   1 esmerilhadeira angular   1 bico se sopro   1 serra tico tico pneumática.")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99736", "217")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99736", " ( 3  itens) 1 macaco p/600 kg   1 chave de roda   1 bico se sopro itens sem uso. ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99739", "218")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99739", " ( 7 itens ) 1 esmerilhadeira angular pneumática   1 serra tico tico pneumática   5 bico de sopro para limpeza itens sem uso .")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99745", "219")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99745", " 1 macaco  jacaré profissional capacidade 2 toneladas sem uso.")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99741", "220")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99741", " ( 4 itens ) 4 macaco tipo Santana capacidade  600kg sem uso.")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99738", "222")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99738", " ( 4 itens ) esmerilhadeira  angular pneumática   furadeira reversível pneumática   2  bico sopro itens sem uso.")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99746", "223")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99746", "  ( 6 itens ) 1 lixadeira angular pneumática 6"   1 pistola de pintura   1 furadeira reversível    1 serra tico tico pneumática   2 bico de sopro itens sem uso. ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99743", "224")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99743", " macaco jacaré profissional  capacidade  3 toneladas sem uso. ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99740", "226")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99740", " ( 4 itens) 1 macaco Sanfona   1 furadeira reversível pneumática   1 pistola  pintura   1 bico sopro. Itens sem uso.")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99748", "227")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99748", "  ( 3 itens) 1 pistola elétrica de pintura   1 esmerilhadeira angular pneumática   1 serra tico tico pneumática, itens sem uso.")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...159 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99744", "228")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99744", "  2 pistolas de pintura eletrica sem uso. ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99737", "229")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99737", "  1 pistola elétrica de pintura sem uso. ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99751", "230")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99751", "  6 pistola de pintura pneumática por gravidade produtos sem uso")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99755", "231")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99755", " (4 itens) 2 chave de impacto 1/2  + 2 bico de ar. Produtos sem uso. ")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99749", "232")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99749", " (5 itens) 1 chave impacto pneumática   1 serra tico tico pneumática   1 pistola de pintura   1 macaco sanfona   1 furadeira reversível itens sem uso")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99753", "233")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99753", " ( 5 itens) 1 chave impacto    2 chave de roda L   2 bico sopro. Itens sem uso. ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>270,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99752", "234")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99752", " ( 4 itens)  1 pistola elétrica de pintura   1 macaco sanfona   1 chave Cruz   1 bico de sopro itens sem uso.")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99756", "235")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99756", " ( 4 itens) 1 mini compressor    1 macaco sanfona   1 chave de roda cruz   1 kit reparo pneu sem camara itens sem uso.")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99760", "236")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99760", " 100 câmaras de ar MG 18 pneu de moto aro 18. Sem uso.")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...47 lines deleted...]
-      <c r="D21" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99759", "237")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99759", " ( 6 itens) 1 macaco sanfona   1 chave impacto   1 Calibrador  até  150 libras   1 kit reparo pneu sem camara   1 bico sopro   1 alicate bico. Itens sem uso.")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99757", "240")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99757", " ( 4 itens) 1 esmerilhadeira angular pneumática  1 pistola de pintura   1 serra tico tico pneumática    1 bico de sopro itens sem uso.")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>370,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99750", "241")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99750", "  (2 itens) 1 pistola elétrica para pintura   1 esmerilhadeira  angular pneumática itens sem uso.")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>360,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99754", "242")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99754", "  (2 itens) 1 pistola elétrica para pintura   1 esmerilhadeira  angular pneumática itens sem uso.")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>360,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99758", "243")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99758", " ( 3 itens) 1 chave de impacto 1/2)   1 chave de roda cruz   1 Calibrador  até  50 libras.")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99761", "245")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99761", " Macaco jacare profissional capacidade 2 toneladas sem uso.")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99763", "246")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99763", " 200 câmaras de ar MG 18 pneu de moto aro 18. Sem uso")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99765", "247")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99765", " ( 2 itens) 1 macaco jacaré profissional 2 para toneladas   1 macaco jacaré profissional para 3 toneladas. Itens sem uso. ")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99764", "248")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99764", " 1 guincho girafa hidráulico  dobrável profissional. Item sem uso. ")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E21" s="5" t="inlineStr">
-[...68 lines deleted...]
-      <c r="F23" s="4" t="inlineStr">
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-[...2110 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99762", "249")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99762", " 50 câmaras de ar MG 18 pneu de moto aro 18. Sem uso.")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>