--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,3419 +269,2995 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102353", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102353", "Máquina 4 soldas Ultra VS 250. Ano 2005. Massipack. Em bom estado. Funcionando. Com controlador de peso Perfor e detector de metal Brapenta")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>210.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99949", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99949", "Máquina 4 soldas Ultra VS 250. Ano 2008. Massipack. Em bom estado. Funcionando. Com controlador de peso Perfor.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>210.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99918", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99918", "Lote de manequins de fibra com avarias.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99919", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99919", "APROX. 500m de FORROS DE PVC. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99951", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99951", "Santo Antônio e Estribo (completo c/f erragens e parafusos) para VW/ Amarok")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...46 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>690,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99952", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99952", "Rack 1,50 mts e suporte para 01 bicicleta. Marca Eqmax System.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99953", "010")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99953", "Conjunto Turbo Gerador A Vapor Abb-toshiba 1300 Kva")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>85.750,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100420", "011")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100420", "Lote com aprox. 47.000 unidades de CABIDES")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99898", "014")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99898", "Aprox. 20 Tambores contendo Ferro Dextrano 10% (aprox. 600,00 kg)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99947", "018")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99947", "Caixa de direção de paleteira. Sem teste")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99902", "020")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99902", " Máquina filmadora Yashica mod. 8 E")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99904", "021")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99904", " Lote de Moedas antigas: Espanha, Chile, Portugal e Brasil, moedas de prata, bronze e outras")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99903", "022")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99903", "[ VÍDEO ] Caixa Registradora. Anos 30. Amount Purchased")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99937", "023")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99937", " 04 faróis Cilibrim  GE")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99964", "024")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99964", " 01 farol de Ford. Ano 29. 6 Volts")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99905", "027")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99905", "APROX. 37 UN  DE MOEDAS/ DINHEIRO ANTIGO (ver especificações)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99901", "030")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99901", "Equipamentos diversos: 01 máquina de escrever, 01 aparelho de fax, 01 aparelho de som,  02 crossovers, 02 equalizadores e 03 aparelhos de MD")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99900", "031")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99900", "Transformador  trifásico - 380 voltz - 75 KVA")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99920", "041")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99920", "Quadro/livros de anatomia humana e 1 cadeira de rodizio")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99921", "042")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99921", "tapete decorativo importado - origem Turquia  - tamanho largura 1,60 x comprimento 1,70 ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>590,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99922", "043")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99922", "Estufa para esterilização, marca Nevoni, modelo NV 1.0 (funcionando, no estado) ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99963", "100")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99963", "aprox. 300 pares de sapatos diversos modelos")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99938", "103")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99938", "CARROCERIA DE MADEIRA PARA D20 DUPLA")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99939", "105")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99939", "CARROCERIA TRANSBORDO. ANO 2012.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99940", "106")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99940", "CARROCERIA TRANSBORDO. ANO 2012.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99925", "113")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99925", "Guindaste P&amp;H. 15 Toneladas. Ano 1982")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99924", "116")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99924", " Compressor parafuso kaeser M38. Diesel. 3 cilindros. Ano Fab 2001")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99926", "117")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99926", " Arado. Marca Líder. 3 Discos")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99941", "121")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99941", " Reboque Ano 1995. Marca Lençois RRTC")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99928", "123")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99928", " 02 unhas de pá carregadeira")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99943", "124")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99943", " 02  tanques de caminhão")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99942", "125")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99942", " 04 pneus usados. 265/70/16")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>480,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99944", "126")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99944", " 02 bancos")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99927", "127")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99927", " Turbina recondicionada de motor Cummins Série C")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99935", "128")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99935", "2 rabicho com pino bola ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99936", "129")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99936", "1 contêiner de 6 mts")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>9.600,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100563", "130")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100563", "[ VÍDEOS ] Colheitadeira Massey Ferguson. Mod. 3640. Com boca de soja e milho")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99950", "133")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99950", " 4 telas de retroprojetores sendo: 2 com tripé e 2 sem")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99958", "135")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99958", " 4 tomadas de força sendo; 2  - Eaton 8 marchas, 1 - Eaton 10 marchas e1 -ZF")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99956", "136")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99956", " 3 pistões")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99954", "137")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99954", " Carroceria de D-20")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99957", "138")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99957", " 9 conjuntos de filtro combustível  Agco - Valtra")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99959", "139")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99959", " 7 filtros Tecfil  PSL523")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99955", "140")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99955", " Carreta de torta")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99931", "203")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99931", " Motor 100 CV 2 polos - Motoreduror - revisado")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99934", "204")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99934", " Motor 125 CV 2 polos revisado - Marca Weg. ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99930", "205")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99930", " Motofreio 40 CV 4 polos - Marca Weg.  ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99932", "206")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99932", " Redutor H12-13 para 20 CV - Revisado.")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99929", "207")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99929", " Motor 200 CV 2 polos 440 volts ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99933", "208")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99933", " Motor elétrico 300 CV 4 polos com flange sem pé - Marca Weg. ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>29.550,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100063", "209")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100063", "Motor 350 CV 880 rpm 8 polos 380/660 volts")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
+      <c r="D61" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>69.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100064", "210")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100064", "Redutor modelo tartaruga redução 1x7 para 20 CV")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100065", "211")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100065", "Motofreio 40 CV 1750 rpm 4 polos, sem uso.")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99923", "250")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99923", "APROX. 4.720 PEÇAS DE ROUPAS, CALÇADOS E ACESSÓRIOS. LINHA INFANTIL  (LILICA RIPILICA, TIGOR T TIGRE, MARISOL, MALWEE, PIMPOLHO, AMORIM BABY, PAKITA, TOKE ENTRE OUTROS)")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>70.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99907", "252")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99907", "Óculos de sol original Ray-Ban. Mod. RB3657L Clássico / Chumbo (acompanha caixa, estojo e certificado)")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>299,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99908", "253")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99908", "Vídeo Game Nitendo Wii. Acompanha 2 controles, cabos e 6 jogos (mídia fisica). Funcionando.")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>290,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99897", "303")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99897", " MÁQUINA PARA FECHAR/ COLAR")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99946", "326")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99946", " Sucata de cervejeira")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>290,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99945", "331")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99945", " Secadora midea 11 kg")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99960", "336")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99960", "aprox. 358 un. de utensílios p/ bebês sendo;  Kits de mamadeiras ,porta chupetas, copos educativos, mamadeiras avulsas e outros. Lilo kuka.")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99961", "337")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99961", "Sucata de coifa de vidro desmontada")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99962", "338")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99962", "Sucata de adega")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99906", "343")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99906", "Sucata de bebedouro")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99970", "344")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99970", " Ar condicionado portátil Mídea 12.000 btus sem acessórios")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99974", "345")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99974", " Ar condicionado portátil Midea sem acessórios 12.000 btus")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99972", "346")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99972", " Sucata de 2 climatizadores Midea")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99969", "347")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99969", " Sucata de 3 adegas")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99975", "348")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99975", " 6 luzes de emergência sendo 5 com baterias e 1 sem")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99971", "349")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99971", " Sucata de 10 aspiradores de pó sem acessórios")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99965", "350")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99965", " Adega climatizada funcionando no estado")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99966", "351")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99966", " Sucata de cervejeira 96 litros ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99968", "352")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99968", " Sucata de cervejeira")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99967", "353")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99967", " Sucatas de Diversos eletro eletrônico caixas de som vaporeto panelas de pressão elétrica  fritadeiras, dvd")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99973", "354")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99973", " aprox. 620 peças  de roupas diversas masculina feminina e infantil")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100056", "355")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100056", " 17 cadeiras plásticas")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100060", "356")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100060", " 3 lavadoras inverter smart  ( sucata /aproveitamento de peças)")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100053", "357")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100053", " Lava e seca 12 kg (sutaca/aproveitamento de pçs)")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100055", "358")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100055", " Lava e seca 11 kg (sutaca/aproveitamento de pçs)")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100057", "359")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100057", " Freezer 202 litros (sutaca/aproveitamento de pçs)")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100062", "360")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100062", " Freezer 202 litros (sutaca/aproveitamento de pçs) ")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100059", "361")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100059", " Freezer 202 litros (sutaca/aproveitamento de pçs)")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100050", "362")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100050", " Lava e seca 10,2 kg (sutaca/aproveitamento de pçs) ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100061", "363")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100061", " 7 microondas (sutaca/aproveitamento de pçs)")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100051", "364")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100051", " Lava e seca 8 kg (sutaca/aproveitamento de pçs)")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100054", "365")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100054", " Lava e seca 11 kg (sutaca/aproveitamento de pçs)")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100052", "366")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100052", " Lava e seca 10,2 kg (sutaca/aproveitamento de pçs) ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100058", "367")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100058", " Lava e seca 11 kg (sutaca/aproveitamento de pçs)")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99914", "1209")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99914", "BALANÇA CONTADORA MARTE AC4/40K")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99912", "1213")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99912", " INJETORA AILÉE, TIPO BA, 60 CICLOS")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...148 lines deleted...]
-      <c r="E20" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99911", "1214")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99911", " INJETORA AILÉE, TIPO BA, 60 CICLOS")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99913", "1215")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99913", " INJETORA AILÉE, TIPO BA, 60 CICLOS")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99915", "1216")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99915", " INJETORA AILÉE, TIPO BA, 60 CICLOS")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99916", "1217")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99916", " INJETORA AILÉE, TIPO BA, 60 CICLOS")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99909", "1220")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99909", " ROSQUEADEIRA S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99910", "1222")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99910", " 4 MOSTRUÁRIOS")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
-[...154 lines deleted...]
-      <c r="E25" s="5" t="inlineStr">
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99917", "1226")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/99917", " 2 MOSTRUÁRIOS")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100412", "1300")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100412", " 2 Telefones de audioconferencia - Polycom ")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F25" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E27" s="5" t="inlineStr">
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100416", "1301")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100416", " 8 Telefones Yealink VP - 2009 ")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100415", "1302")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100415", " 9 Telefones Yealink T20P")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100414", "1303")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100414", " 9 Telefones Yealink T20P")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100417", "1304")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100417", " Máquina de escrever Olivetti Linea 101")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100410", "1305")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100410", " 3 Calculadoras Casio HR 150TM, 1 Calculadora Elgin MB-7123, Calculadora Elgin MB-7140, Calculadora Elgin MB6122, Calculadora Elgin MB-6122")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100418", "1306")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100418", " Diversos Itens")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100411", "1307")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100411", " Videoconferencia Huawei ")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F27" s="4" t="inlineStr">
-[...826 lines deleted...]
-      <c r="E53" s="5" t="inlineStr">
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100413", "1308")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100413", " Antenas Wifi Dell e Sonicwall")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F53" s="4" t="inlineStr">
-[...1982 lines deleted...]
-      </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100409", "1309")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100409", "02 unidades de Firewall Sonicwall")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>