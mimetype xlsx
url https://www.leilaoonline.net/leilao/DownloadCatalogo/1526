--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1627 +269,1427 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100281", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100281", " CAIXA ROLL ON/OFF 15 M3 - GRIMALDI OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>10.250,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100284", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100284", " CAIXA ROLL ON/OFF 15 M3 - GRIMALDI OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100282", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100282", " CAIXA ROLL ON/OFF 15 M3 - GRIMALDI OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>11.250,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100289", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100289", " CAIXA ROLL ON/OFF 26 M3 - GRIMALDI OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>16.250,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100302", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100302", " CAIXA ROLL ON/OFF 30 M3 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>17.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100303", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100303", " CAIXA BROOKS 5 M3 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100286", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100286", " CAIXA BROOKS 5 M3 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100295", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100295", " CAIXA BROOKS 5 M3 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100301", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100301", " CAIXA BROOKS 7 M3 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100283", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100283", " CAIXA BROOKS 3 M3 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100280", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100280", " 02 UNID. CAIXA BROOKS 5 M3 - 1 fechada / 1 aberta OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100274", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100274", " 03 UNID. CAIXA BROOKS 5 M3 FECHADA OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100294", "016")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100294", " CAIXA ROLL ON/OFF 26 M3 - FACCHINI OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>87</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>26.250,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100287", "017")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100287", " CAIXA BROOKS 5 M3 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100277", "018")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100277", " 03 UNID. CAIXA BROOKS 5 M3 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100293", "019")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100293", " O3 UNID. CAIXA BROOKS 5 M3 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100290", "020")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100290", " 03 UNID. CAIXA BROOKS 5 M3 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100304", "021")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100304", " 02 UNID. CAIXA BROOKS 5 M3 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100276", "022")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100276", " 04 UNID.  CAIXA BROOKS 5 M3 - 2 fechadas / 2 abertas OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100279", "023")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100279", " 02 UNID. CAIXA BROOKS 5 M3 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100305", "024")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100305", " CAIXA ROLL ON/OFF 26 M3 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>17.250,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100297", "025")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100297", " CAIXA ROLL ON/OFF 26 M3 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>71</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100299", "026")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100299", " CAIXA ROLL ON/OFF 26 M3 OBS:   Necessita de reforma (pintura e estrutura em geral) - Apresenta pontos de ferrugem e corrosão")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>90</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>25.750,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100300", "028")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100300", " CAIXA ESTACIONÁRIA PLANALTO - Nº 55 (1.02.001) OBS:   Necessita de reforma (pintura e estrutura em geral) - Não funciona (muito tempo parada)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100291", "029")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100291", " CAIXA ESTACIONÁRIA USIMECA - Nº 03 (2.01.004) OBS:   Necessita de reforma (pintura e estrutura em geral) - Não funciona (muito tempo parada)")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100285", "030")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100285", " CAIXA ESTACIONÁRIA USIMECA - Nº 02 (2.01.001) OBS:   Necessita de reforma (pintura e estrutura em geral) - Não funciona (muito tempo parada)")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100275", "031")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100275", " CAIXA ESTACIONÁRIA USIMECA - Nº 01 (2.01.003) OBS:   Necessita de reforma (pintura e estrutura em geral) - Não funciona (muito tempo parada)")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100298", "032")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100298", " CAIXA ESTACIONÁRIA - Nº 04 - S/ PLAQUETA OBS:   Necessita de reforma (pintura e estrutura em geral) - Não funciona (muito tempo parada)")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100292", "033")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100292", " IMPLEMENTO MUNCK 4T C/ CARROCERIA OBS:   Implemento reformado.  - foi instalado mas não foi para operação")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...107 lines deleted...]
-      <c r="A16" s="5" t="inlineStr">
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100278", "034")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100278", " PRENSA ENFARDADEIRA - FORZAN - 2012 - nº 1545 OBS:   Necessita de reforma (pintura e estrutura em geral) - Não funciona - Podendo faltar peças e componentes")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>7.750,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100288", "035")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100288", " PRENSA ENFARDADEIRA - FORZAN - 2012 - nº 1631 OBS:   Necessita de reforma (pintura e estrutura em geral) - Não funciona - Podendo faltar peças e componentes")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>7.750,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100296", "036")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100296", " PRENSA ENFARDADEIRA - FORZAN - 2012 - nº 1517 OBS:   Necessita de reforma (pintura e estrutura em geral) - Não funciona - Podendo faltar peças e componentes")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100307", "037")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100307", " PRENSA ENFARDADEIRA - FORZAN - 2012 - nº N/A OBS:   Necessita de reforma (pintura e estrutura em geral) - Não funciona - Podendo faltar peças e componentes")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>14.250,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100306", "038")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100306", " PRENSA ENFARDADEIRA - FORZAN - 2012 - nº 1544 OBS:   Necessita de reforma (pintura e estrutura em geral) - Não funciona - Podendo faltar peças e componentes")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100308", "039")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100308", " PRENSA ENFARDADEIRA - FORZAN - 2012 - nº 1568 OBS:   Necessita de reforma (pintura e estrutura em geral) - Não funciona - Podendo faltar peças e componentes")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>9.750,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100309", "040")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100309", " PRENSA ENFARDADEIRA - FORZAN - 2012 - nº 1542 OBS:   Necessita de reforma (pintura e estrutura em geral) - Não funciona - Podendo faltar peças e componentes")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100310", "041")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100310", " SUCATA - SEM DOCUMENTOS - TOYOTA  T1 4X2 1986 - CAMINHONETE TOYOTA BANDEIRANTE  PLACA:  BUC-5127 RENAVAM:  354449966 CHASSI:  OJ80564")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>9.750,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100311", "042")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100311", " SUCATA - SEM DOCUMENTOS - FORD 2422 T5 6X4 1998 - CAMINHAO BASCULANTE 15 M3 PLACA:  CYL-1140 RENAVAM:  718011546 CHASSI:  9BFYTNHT3XDB87834 MOTOR:  30451025")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>35.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100313", "043")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100313", " SUCATA - SEM DOCUMENTOS - MERCEDES BENZ 2423K T5 6X4 2007 - SEM IMPLEMENTO PLACA:  DZW-0772 RENAVAM:  951600966 CHASSI:  9BM6933868B571535 MOTOR:  906973U0757695")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100312", "044")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100312", " SUCATA - SEM DOCUMENTOS - CHEVROLET PICAPE S10 T1 4X2 2008 - PICAPE S10 ADVANTAGE S PLACA:  EER-8441 RENAVAM:  120369188 CHASSI:  9BG124HU09C429944 MOTOR:  N80040444")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100344", "045")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100344", "MINI CARREGADEIRA BOBCAT, S185, ANO: 2012., CHASSI:  A3L944143 OBS::Equipamento parado a muito tempo, não funciona. Podendo faltar partes e componentes. Venda no estado em que se encontra.")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>105</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>71.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100345", "046")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100345", "TANQUE AUTO VÁCUO, MARCA: SPARSOL SOLUÇÕES DE RESIDUOS, MOD:  SPO3K147, ANO: 2013., Nº EQUIPAMENTO (SAP) BOMBINADO 07907.")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>59.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100885", "047")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100885", "Compressor de Ar Atlas Copco , Modelo GA-22. NO ESTADO. ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100886", "048")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100886", "Válvula de Radio Frequência. NO ESTADO. ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100887", "049")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100887", "Unidade Central Hidráulica REXROTH. NO ESTADO. ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="B16" s="4" t="inlineStr">
-[...78 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100888", "050")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100888", "Compressor de Ar Atlas Copco ,  Modelo GA-22. NO ESTADO. ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100889", "051")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100889", "Lavadora de Piso - Marca ARTLAV-450. NO ESTADO.")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100890", "052")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100890", "Caldeira de GLP - ECAL - Modelo: VRI-800 QM (SUCATA). NO ESTADO. ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...511 lines deleted...]
-      <c r="F34" s="4" t="inlineStr">
+      <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-[...618 lines deleted...]
-      <c r="C54" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100893", "053")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100893", "Válvula de Radio Frequência. NO ESTADO. ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D54" s="4" t="inlineStr">
+      <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E54" s="5" t="inlineStr">
+      <c r="E59" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F54" s="4" t="inlineStr">
+      <c r="F59" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-[...158 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102017", "054")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102017", "CAIXA COMPACTADORA DE LIXO 15 M3 - PLANALTO -ano: 2013, NO ESTADO.  OBS:   Equipamento estava em operação, retirado do chassis e não foi mais utilizado.")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>