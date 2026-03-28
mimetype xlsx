--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -269,475 +269,419 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100385", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100385", "[ VÍDEO ] ROLO COMPACTADOR MULLER. MOD. VAP 55. ANO aprox. 1991")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>63.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100386", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100386", "[ VÍDEO ] ROLO COMPACTADOR FOTON. MOD. FS812D. ANO 2011")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>89.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100387", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100387", "[ VÍDEO ] ROLO COMPACTADOR CATERPILLAR. MOD. 533. ANO  aprox. 1999")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>87.750,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103552", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103552", "[ VÍDEO ] MINI CARREGADEIRA SUNWORD. ANO 2001. MOTOR KUBOTA. COM CARRETA DE TRANSPORTE")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100569", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100569", "[ VÍDEO ] RETROESCAVADEIRA CATERPILLAR. MOD. 416E. 4X4. ANO 2011.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>145.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100397", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100397", "ROLO COMPACTADOR TEMA TERRA. ANO. 1987")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>34.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100400", "019")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100400", "[ VÍDEO ] ROLO COMPACTADOR COMBAT. MOD. CB250G. ANO 2011")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>127.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100401", "023")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100401", "JOGO DE RODAS DE FERRO PARA PÁ CARREGADEIRA (Para uso de empresa de reciclagem/ sucata)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100402", "024")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100402", "TAMBOR LISO PARA ROLO COMPACTADOR")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100403", "028")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100403", "[ VÍDEOS ] ROLO COMPACTADOR MULLER. MOD. AP26. ANO 1998")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...46 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
         <is>
           <t>87.750,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...222 lines deleted...]
-      </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100398", "029")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100398", "LOTE COM 08 PISTÕES: 01 FH200, 01 POUCLAIN, 03 CAT E 03 WUBBER. E 01 COMANDO TRASEIRO DE FH80")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100391", "031")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100391", "TRASMISSÃO DE MOTONIVELADORA CATERPILLAR 120H. ANO 99")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>33.250,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100394", "037")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100394", " EXTRUSORA DE PERFIS DE CONCRETO J. COLOMBO. MOD. PHITON. APROX. 700 HRS")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>12.200,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100395", "038")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100395", " CARRETA. CHAPEADA DE AÇO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>