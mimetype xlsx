--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,1275 +269,1119 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100957", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100957", "[ VÍDEO ] CAMINHÃO BETONEIRA M BENZ L 2220. ANO 1990.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100941", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100941", " Diferencial Volvo. Modelo NL 10 340")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100940", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100940", " Baú Aluminio Hyndai/Kia")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100944", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100944", " Eixo dianteiro M/ Benz")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.950,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100942", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100942", " Trator Valtra. Mod. BH180. Ano 2006")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>132.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100945", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100945", " Trator Valtra. Mod. BH180. Ano 2004")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>132.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100960", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100960", "Carroceria Prancha")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100939", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100939", "Caminhão Mercedes Benz. Mod. 1215C. Ano 2002. Munck 12 ton e cabine de serviços. Documentação 2021.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>159.750,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102673", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/102673", "VW/ Gol 1.0. Flex. Ano 2012/ 2013")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103145", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103145", "[ VÍDEO ] Caminhão Caçamba M Benz. Mod. L 1313. Ano 1972. Freio misto (dianteiro a óleo e traseiro a ar). Maçarico. Direção hidráulica")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100946", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100946", "Sucata de Chassi GM Chevrolet D20. Ano 1982. Sem direito a documentação. Com certificado de baixa")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100951", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100951", " VW Kombi lotação. Flex. Ano 2009/2010")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100949", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100949", " VW Kombi lotação. Flex. Ano 2010/2011")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100935", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100935", " Par de Aro de roda Massey Ferguson 7000 MF")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100936", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100936", "1 Pneu usado")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>3.600,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100953", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100953", " Cabine Volvo")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100950", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100950", " Silo capacidade 20 ton")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100947", "023")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100947", " Lote de pesos: Massey, New Holland e Valtra")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100955", "024")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100955", " 11 unidades de rodas")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100937", "025")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100937", "Redutor hidráulico")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...10 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100954", "026")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100954", " 8 unidades de Cabeçotes Motor John Deere 6090 . 9.0 litros")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>6.300,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100956", "027")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100956", " 02 tanques Plásticos DM")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100948", "028")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100948", "  5 tanques: 04 Massey Ferguson 7000 e 01 New Holland TL")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100958", "029")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100958", "[ VÍDEOS ] RETROESCAVADEIRA JCB .Mod. 214. 4 x 2. Ano 2000")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>89.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100959", "030")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100959", "Tanque limpa fossa de 10 mil litros com bomba. Ano 2015")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100961", "032")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100961", "Tanque limpa fossa 20 mil litros ano 2016 com bomba -  ( somente tanque sem o caminhão) ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>59.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103175", "040")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103175", " Bitrem Tanque Gotti. Ano 2002. Sem pneus.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>26.400,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103177", "041")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103177", " Tanque branco. Capac. 15 mil litros. 4 bocas. Com bomba. Ano 1999")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103184", "042")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103184", " Tanque de água para caminhao 3/4. Capacidade 3 mil litros. Ano 2013")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103178", "043")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103178", " Tanque limpa fossa. Capac. 15.000 litros. Com bomba. Ano 2013")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103179", "044")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103179", " Tanque  capac. 15 mil litros. Com sistema Bóton. 4 bocas. Com bomba. Ano 2010")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103176", "045")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103176", " Carroceria borracheira Gascom. Ano 2015")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103183", "046")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103183", " Tanque marca Tankar. Capac. 15 mil litros. 3 bocas. Ano 2009")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103182", "047")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103182", " Semi reboque canavieiro Faccinni. 12,59 metros. Ano 2009")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103181", "048")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103181", " Rolo compactador R T82H. Motor revisado. Ano 1989")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103180", "049")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103180", " Carroceria borracheira Gascom. Ano 2014")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103185", "050")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103185", "Carroceria transbordo Sermag. Ano 2012")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103188", "051")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/103188", "Plantadeira de Cana  Marca Sollos. Modelo 8810. Ano 2011. Obs: faltam pneus e rodas ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...1006 lines deleted...]
-      <c r="E46" s="5" t="inlineStr">
+      <c r="E48" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
-      <c r="F46" s="4" t="inlineStr">
-[...62 lines deleted...]
-      </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100934", "054")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/100934", "TRANSBORDO SANTA IZABEL. 10,5 toneladas. ANO 2010 (Ref.RT05)")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>